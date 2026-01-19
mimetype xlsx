--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,95 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/01/2012 09:40:00</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +200,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +258,173 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>