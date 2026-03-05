--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -9,101 +9,119 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
   </si>
   <si>
     <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>22/07/2025 16:00:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
   </si>
   <si>
     <t>p_3636256</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
   <si>
     <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
   </si>
   <si>
     <t>12/06/2025 00:00:00</t>
   </si>
   <si>
     <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
   </si>
   <si>
     <t>p_3342082</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
@@ -200,51 +218,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -286,145 +304,171 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
       </c>
-      <c r="H7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
         <v>46</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>