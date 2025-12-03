--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -9,98 +9,119 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
   </si>
   <si>
     <t>06/19/2025 00:00:00</t>
   </si>
   <si>
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
     <t>06/26/2019 00:00:00</t>
   </si>
   <si>
     <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
     <t>Assessment of spinal cord stimulation - March 2014</t>
   </si>
@@ -164,51 +185,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -250,93 +271,119 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>