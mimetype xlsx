--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>16/04/2020 16:28:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>