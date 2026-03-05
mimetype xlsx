--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,199 +9,375 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>