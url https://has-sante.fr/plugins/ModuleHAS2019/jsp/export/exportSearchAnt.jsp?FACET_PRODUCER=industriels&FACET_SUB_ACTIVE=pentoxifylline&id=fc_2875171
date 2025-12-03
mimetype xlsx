--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -35,108 +35,108 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>