--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -9,110 +9,92 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
-    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
-[...8 lines deleted...]
-    <t>08/03/2012 16:15:00</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t/>
-  </si>
-[...16 lines deleted...]
-    <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
   </si>
   <si>
     <t>25/06/2014 00:00:00</t>
   </si>
   <si>
     <t>22/07/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
@@ -146,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,93 +188,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="A4" t="s">
         <v>22</v>
-      </c>
-[...19 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>