--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -9,113 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,51 +143,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +227,69 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>