--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,643 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>14/05/2021 12:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
-[...194 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...158 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Évaluation par classe des médicaments antihypertenseurs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
-  </si>
-[...37 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -651,1017 +222,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...142 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
-[...117 lines deleted...]
-        <v>62</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>68</v>
-[...633 lines deleted...]
-        <v>170</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>