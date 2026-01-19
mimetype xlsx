--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,214 +1,643 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="171">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
+  </si>
+  <si>
+    <t>02/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2006 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_461657</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 19/09/2023</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:45:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482748/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-19/09/2023</t>
+  </si>
+  <si>
+    <t>p_3482748</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -222,121 +651,1017 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D3" t="s">
+        <v>53</v>
+      </c>
+      <c r="E3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" t="s">
+        <v>71</v>
+      </c>
+      <c r="E6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>73</v>
+      </c>
+      <c r="H6" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D7" t="s">
+        <v>77</v>
+      </c>
+      <c r="E7" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>91</v>
+      </c>
+      <c r="H3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>100</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>101</v>
+      </c>
+      <c r="H5" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>105</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H6" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B7" t="s">
+        <v>108</v>
+      </c>
+      <c r="C7" t="s">
+        <v>109</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>110</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>111</v>
+      </c>
+      <c r="H7" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>81</v>
+      </c>
+      <c r="B8" t="s">
+        <v>113</v>
+      </c>
+      <c r="C8" t="s">
+        <v>114</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>116</v>
+      </c>
+      <c r="H8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>118</v>
+      </c>
+      <c r="C9" t="s">
+        <v>119</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>120</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>121</v>
+      </c>
+      <c r="H9" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>123</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>124</v>
+      </c>
+      <c r="E10" t="s">
+        <v>125</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>126</v>
+      </c>
+      <c r="H10" t="s">
+        <v>127</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D3" t="s">
+        <v>136</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E4" t="s">
+        <v>143</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>144</v>
+      </c>
+      <c r="H4" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B5" t="s">
+        <v>146</v>
+      </c>
+      <c r="C5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D5" t="s">
+        <v>148</v>
+      </c>
+      <c r="E5" t="s">
+        <v>149</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>150</v>
+      </c>
+      <c r="H5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>156</v>
+      </c>
+      <c r="H6" t="s">
+        <v>157</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>162</v>
+      </c>
+      <c r="H2" t="s">
+        <v>163</v>
+      </c>
+      <c r="I2" t="s">
+        <v>164</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>169</v>
+      </c>
+      <c r="H2" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>