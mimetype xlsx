--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,643 +1,232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>14/05/2021 12:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...158 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Évaluation par classe des médicaments antihypertenseurs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
-  </si>
-[...37 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -651,1017 +240,147 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...142 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
-[...117 lines deleted...]
-        <v>62</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>74</v>
-[...607 lines deleted...]
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>