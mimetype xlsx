--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,206 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Occlusion de grande veine saphène  par radiofréquence par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure radiofréquence par comparaison à la technique de référence (crossectomie éveinage de la grande veine saphène)</t>
+  </si>
+  <si>
+    <t>18/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2013 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713341/fr/occlusion-de-grande-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1713341</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +222,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>