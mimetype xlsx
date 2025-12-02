--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="142">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -273,50 +273,65 @@
     <t>21/10/2019 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
   </si>
   <si>
     <t>Pneumopathies interstitielles diffuses de l’enfant</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
   </si>
   <si>
     <t>03/11/2017 16:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
   </si>
   <si>
     <t>c_2802885</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
   </si>
   <si>
     <t>16/01/2025 00:00:00</t>
   </si>
   <si>
     <t>23/01/2025 16:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
   </si>
   <si>
     <t>p_3585537</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
@@ -943,398 +958,424 @@
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>79</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>80</v>
       </c>
       <c r="H8" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>82</v>
       </c>
       <c r="B2" t="s">
         <v>83</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
         <v>84</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>85</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>86</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>82</v>
       </c>
       <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
         <v>89</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>90</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>91</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>92</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>82</v>
       </c>
       <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
         <v>95</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>96</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>97</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>98</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>82</v>
       </c>
       <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
         <v>101</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>102</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>103</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>104</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>82</v>
       </c>
       <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C6" t="s">
         <v>107</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>108</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>109</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>110</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>82</v>
       </c>
       <c r="B7" t="s">
+        <v>112</v>
+      </c>
+      <c r="C7" t="s">
         <v>113</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>114</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>115</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>116</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>117</v>
       </c>
-      <c r="H7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>82</v>
+      </c>
+      <c r="B8" t="s">
         <v>118</v>
+      </c>
+      <c r="C8" t="s">
+        <v>119</v>
+      </c>
+      <c r="D8" t="s">
+        <v>120</v>
+      </c>
+      <c r="E8" t="s">
+        <v>121</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>122</v>
+      </c>
+      <c r="H8" t="s">
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="H3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="I3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="E2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>