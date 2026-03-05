--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -276,50 +276,53 @@
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
   </si>
   <si>
     <t>Pneumopathies interstitielles diffuses de l’enfant</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
   </si>
   <si>
     <t>03/11/2017 16:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
   </si>
   <si>
     <t>c_2802885</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS conclut que la vitesse de sédimentation (VS) n’a plus d’utilité en pratique courante. Elle n’est pertinente ni en médecine générale ni dans les maladies inflammatoires évaluées. La VS est jugée peu fiable, peu spécifique et trop lente, alors que des examens plus performants existent, notamment la CRP, à privilégier pour détecter une inflammation. En conséquence, la VS ne devrait plus être prescrite en soin courant.</t>
   </si>
   <si>
     <t>13/11/2025 00:00:00</t>
   </si>
   <si>
     <t>17/11/2025 10:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3609754</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
   </si>
   <si>
     <t>16/01/2025 00:00:00</t>
   </si>
   <si>
     <t>23/01/2025 16:49:00</t>
   </si>
@@ -998,384 +1001,384 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>82</v>
       </c>
       <c r="B2" t="s">
         <v>83</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="D2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>82</v>
       </c>
       <c r="B4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>82</v>
       </c>
       <c r="B5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C5" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>82</v>
       </c>
       <c r="B6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>82</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>82</v>
       </c>
       <c r="B8" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E8" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>134</v>
+      </c>
+      <c r="H3" t="s">
+        <v>135</v>
+      </c>
+      <c r="I3" t="s">
         <v>131</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>