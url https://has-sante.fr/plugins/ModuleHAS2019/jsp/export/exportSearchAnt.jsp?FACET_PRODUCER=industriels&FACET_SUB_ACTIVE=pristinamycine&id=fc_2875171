--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>