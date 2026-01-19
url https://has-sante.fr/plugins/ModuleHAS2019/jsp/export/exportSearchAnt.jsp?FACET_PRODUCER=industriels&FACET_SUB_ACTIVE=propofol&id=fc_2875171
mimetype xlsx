--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,233 +9,152 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>05/09/2025 14:38:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
   </si>
   <si>
     <t>p_3643610</t>
   </si>
   <si>
-    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
-[...2 lines deleted...]
-    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -245,51 +164,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -340,214 +259,84 @@
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
-[...6 lines deleted...]
-      <c r="B6" t="s">
         <v>34</v>
-      </c>
-[...120 lines deleted...]
-        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>