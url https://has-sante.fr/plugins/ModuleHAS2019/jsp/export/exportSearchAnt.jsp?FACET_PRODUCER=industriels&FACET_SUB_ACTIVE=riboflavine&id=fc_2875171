--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,95 +9,179 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/22/2014 15:42:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +191,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +249,173 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>