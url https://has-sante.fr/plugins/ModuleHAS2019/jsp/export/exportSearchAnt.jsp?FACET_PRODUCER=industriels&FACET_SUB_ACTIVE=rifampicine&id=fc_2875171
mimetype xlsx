--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,134 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/24/2025 11:14:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -146,51 +200,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -256,43 +310,121 @@
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>