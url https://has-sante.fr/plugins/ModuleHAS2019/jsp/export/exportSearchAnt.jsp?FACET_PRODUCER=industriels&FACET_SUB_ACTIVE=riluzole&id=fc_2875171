--- v0 (2025-12-02)
+++ v1 (2026-03-05)
@@ -9,92 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>28/02/2025 08:49:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
   </si>
   <si>
     <t>p_3491330</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -107,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>