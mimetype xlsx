--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,290 +9,583 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...2 lines deleted...]
-    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>06/10/2021 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+    <t>10/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
+    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux industriels, aux structures de recherche, aux CRO, aux porteurs de projet et aux professionnels de santé impliqués dans le développement clinique d’un dispositif médical ou d’une technologie de santé et qui envisagent de déposer une demande d’admission au remboursement du dispositif concerné auprès de la CNEDiMTS. Il est aussi destiné aux patients, puisque ce guide est destiné à favoriser le recueil de la preuve, quel que soit le critère utilisé.</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un protocole d'étude post inscription (CNEDiMTS)</t>
+  </si>
+  <si>
+    <t>La présente notice vise à décrire les modalités de dépôt des protocoles réalisés par les entreprises afin de répondre à ces demandes.</t>
+  </si>
+  <si>
+    <t>22/11/2013 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695339/fr/modalites-de-depot-d-un-protocole-d-etude-post-inscription-cnedimts</t>
+  </si>
+  <si>
+    <t>c_1695339</t>
+  </si>
+  <si>
+    <t>Comprendre l'évaluation économique des produits de santé</t>
+  </si>
+  <si>
+    <t>Pour garantir la pérennité du système de santé, fondé en majeure partie sur une prise en charge financière collective des soins de santé, des choix en matière d’allocation des ressources doivent être faits. L’objectif de l’évaluation économique est de hiérarchiser les différentes options envisageables en fonction de leur capacité à produire les meilleurs résultats possibles à partir des ressources à mobiliser, en vue d’une allocation optimale des ressources. C’est ce que l’on nomme l’efficience.</t>
+  </si>
+  <si>
+    <t>25/02/2019 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1502595/fr/comprendre-l-evaluation-economique-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>r_1502595</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'un médicament</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un dossier pour la Commission de la Transparence.</t>
+  </si>
+  <si>
+    <t>18/06/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046750/fr/deposer-un-dossier-d-evaluation-d-un-medicament</t>
+  </si>
+  <si>
+    <t>c_1046750</t>
+  </si>
+  <si>
+    <t>Les études post-inscription pour les médicaments</t>
+  </si>
+  <si>
+    <t>La commission de la transparence (CT) peut demander au laboratoire la réalisation d’études complémentaires appelées études post-inscription lorsqu'elle est confrontée à des incertitudes sur l'utilisation d'un médicament en pratique courante, son bénéfice clinique et ses effets indésirables chez les patients.</t>
+  </si>
+  <si>
+    <t>22/11/2019 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113800/fr/les-etudes-post-inscription-pour-les-medicaments</t>
+  </si>
+  <si>
+    <t>p_3113800</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
         <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>