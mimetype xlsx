--- v0 (2026-01-17)
+++ v1 (2026-03-05)
@@ -1,109 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>
   <si>
     <t>c_2059286</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
   </si>
   <si>
     <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
   </si>
   <si>
     <t>01/07/2010 00:00:00</t>
   </si>
   <si>
     <t>22/07/2010 15:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
   </si>
@@ -171,51 +192,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -225,256 +246,322 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
         <v>16</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>17</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>18</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="I2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>