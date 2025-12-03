--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,170 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
   </si>
   <si>
     <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
   </si>
   <si>
     <t>09/01/2004 00:00:00</t>
   </si>
   <si>
     <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>