--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -9,116 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/23/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,127 +146,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>