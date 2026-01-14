--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>