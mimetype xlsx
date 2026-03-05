--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="259">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -342,68 +342,50 @@
     <t>02/07/2018 09:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
   </si>
   <si>
     <t>c_2859140</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>
   <si>
     <t>c_2059286</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Suivi post-professionnel après exposition à l'amiante</t>
   </si>
   <si>
     <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
   </si>
   <si>
     <t>14/04/2010 00:00:00</t>
   </si>
   <si>
     <t>10/02/2012 11:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
   </si>
   <si>
     <t>c_935546</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
@@ -1233,51 +1215,51 @@
       </c>
       <c r="D4" t="s">
         <v>59</v>
       </c>
       <c r="E4" t="s">
         <v>60</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>61</v>
       </c>
       <c r="H4" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1471,945 +1453,919 @@
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>63</v>
       </c>
       <c r="B9" t="s">
         <v>104</v>
       </c>
       <c r="C9" t="s">
         <v>105</v>
       </c>
       <c r="D9" t="s">
         <v>106</v>
       </c>
       <c r="E9" t="s">
         <v>107</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>108</v>
       </c>
       <c r="H9" t="s">
         <v>109</v>
-      </c>
-[...24 lines deleted...]
-        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="H2" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" t="s">
         <v>116</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="H3" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C4" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="H4" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B5" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C5" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="H5" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B6" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C6" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="H6" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B7" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="C7" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="H7" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C8" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="H8" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B9" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C9" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="H9" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B10" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="E10" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="H10" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B11" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="E11" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="H11" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C12" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="H12" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D2" t="s">
+        <v>169</v>
+      </c>
+      <c r="E2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>171</v>
+      </c>
+      <c r="H2" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B3" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="C3" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="D3" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="E3" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="H3" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B4" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C4" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="D4" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="E4" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="H4" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B5" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="C5" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="H5" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B6" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="C6" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D6" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="E6" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="H6" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B7" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C7" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D7" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="E7" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="H7" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B8" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C8" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="D8" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="E8" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="H8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B9" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C9" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="D9" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="E9" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="H9" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B10" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C10" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="D10" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="E10" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="H10" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="C11" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D11" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="E11" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="H11" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="B2" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="H2" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="I2" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B3" t="s">
         <v>233</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="H3" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="I3" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="B4" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="H4" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="I4" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="C2" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="H2" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B3" t="s">
         <v>247</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="D3" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="E3" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="H3" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B4" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="C4" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="D4" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="E4" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="H4" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>