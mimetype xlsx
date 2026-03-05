--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -1,251 +1,855 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 février 2020</t>
+  </si>
+  <si>
+    <t>09/03/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161572/fr/ceesp-reunion-du-11-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3161572</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+      <c r="I2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>