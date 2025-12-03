--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,207 +1,545 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Communiqué de presse" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/22/2021 11:48:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CUREETY TECHCARE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578221/fr/cureety-techcare</t>
+  </si>
+  <si>
+    <t>p_3578221</t>
+  </si>
+  <si>
+    <t>Logiciel de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>CUREETY SAS</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé face aux enjeux de la qualité des soins et des coûts</t>
+  </si>
+  <si>
+    <t>A l’occasion de son 10e anniversaire, la Haute Autorité de Santé organise un nouveau colloque sur la régulation par la qualité et l’efficience, cap que s’est fixé l’institution depuis plusieurs années et auquel elle entend associer de plus en plus les patients. Elle entend ainsi animer le débat et montrer ses contributions sur des thématiques majeures à l’heure où le financement de notre système de santé solidaire est bousculé.</t>
+  </si>
+  <si>
+    <t>01/10/2015 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559009/fr/la-haute-autorite-de-sante-face-aux-enjeux-de-la-qualite-des-soins-et-des-couts</t>
+  </si>
+  <si>
+    <t>c_2559009</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+      <c r="I2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>