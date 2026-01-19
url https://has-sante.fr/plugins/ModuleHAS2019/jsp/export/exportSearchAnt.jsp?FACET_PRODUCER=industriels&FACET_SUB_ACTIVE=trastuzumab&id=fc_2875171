--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,545 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>CUREETY TECHCARE</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/12/2024 00:00:00</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
-  </si>
-[...19 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="I2" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="J2" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...162 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>