--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
     <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
   </si>
   <si>
     <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
   </si>
   <si>
     <t>04/30/2025 00:00:00</t>
   </si>
   <si>
     <t>05/16/2025 12:16:12</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
     <t>Next generation sequencing gene panel for medical lung cancer care</t>
   </si>
   <si>
     <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
   </si>
   <si>
     <t>05/23/2024 00:00:00</t>
   </si>
   <si>
     <t>08/02/2024 15:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
@@ -137,51 +155,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -232,58 +250,84 @@
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="H4" t="s">
+      <c r="E5" t="s">
         <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>