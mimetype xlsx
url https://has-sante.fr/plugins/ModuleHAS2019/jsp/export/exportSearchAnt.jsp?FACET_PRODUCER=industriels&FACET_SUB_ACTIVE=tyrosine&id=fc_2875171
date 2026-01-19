--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,205 +1,379 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/21/2025 11:11:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (ou NGS ou SHD) ; panel de gènes ; génétique ; tumeur stromale gastro-intestinale ; GIST ; sarcome ; sarcome des tissus mous ; maladie rare ; cancer ; appareil digestif ; tissu conjonctif ; altérations moléculaires ; KIT ; PDGFRA ; NTRK</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for medical lung cancer care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>23/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique des cancers pour la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3536003</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 15 juillet 2025</t>
+  </si>
+  <si>
+    <t>24/11/2025 17:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745735/fr/cediag-du-15-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3745735</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juin 2020</t>
+  </si>
+  <si>
+    <t>12/06/2020 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189523/fr/ceesp-reunion-du-16-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3189523</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 novembre 2016</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746109/fr/ceesp-reunion-du-8-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2746109</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -239,95 +413,541 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+    </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>