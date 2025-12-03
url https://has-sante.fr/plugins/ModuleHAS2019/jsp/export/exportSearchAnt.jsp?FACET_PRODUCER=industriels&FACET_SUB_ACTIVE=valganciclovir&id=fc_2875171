--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>