--- v0 (2025-10-21)
+++ v1 (2026-03-05)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
   </si>
   <si>
     <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
   </si>
   <si>
     <t>16/03/2023 00:00:00</t>
   </si>
   <si>
     <t>17/04/2023 09:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
   </si>
   <si>
     <t>p_3235557</t>
   </si>
@@ -236,51 +254,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -322,197 +340,223 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>38</v>
       </c>
       <c r="E6" t="s">
         <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>40</v>
       </c>
       <c r="H6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>52</v>
       </c>
       <c r="H8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>