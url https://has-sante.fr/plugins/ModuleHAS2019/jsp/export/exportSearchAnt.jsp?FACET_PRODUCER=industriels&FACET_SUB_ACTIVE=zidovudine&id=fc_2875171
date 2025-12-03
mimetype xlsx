--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,95 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/21/2008 10:01:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>https://www.has-sante.fr/jcms/p_3545707/fr/adaptation-du-traitement-antiretroviral-en-situation-d-echec-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545707</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +128,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>