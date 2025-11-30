--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -39,51 +39,51 @@
     <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
     <sheet name="Export Vaccine recommendation" r:id="rId12" sheetId="10"/>
     <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="778" uniqueCount="517">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="533">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -236,74 +236,89 @@
   <si>
     <t>c_430286</t>
   </si>
   <si>
     <t>How to judge a proposal for a screening programme</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
     <t>05/01/2004 00:00:00</t>
   </si>
   <si>
     <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
     <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
   </si>
   <si>
     <t>06/19/2025 00:00:00</t>
   </si>
   <si>
     <t>06/23/2025 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
     <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>03/13/2025 00:00:00</t>
   </si>
   <si>
     <t>03/24/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
     <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
   </si>
   <si>
     <t>09/26/2024 00:00:00</t>
   </si>
   <si>
     <t>10/02/2024 11:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
@@ -563,50 +578,68 @@
   <si>
     <t>p_3321295</t>
   </si>
   <si>
     <t>Press release</t>
   </si>
   <si>
     <t>HAS unveils its action plan for innovative medicines</t>
   </si>
   <si>
     <t>Drug innovations in recent years – and in the years to come – are bringing unprecedented hope for patients, such as the prospect of recovering from cancer or yet another disease for which there is still no known cure. We are witnessing a medical revolution the likes of which has not been seen for a very long time. However, these medicines come with numerous unresolved uncertainties, most notably in cases of short clinical development often seen for small patient sample sizes. So how do we safely allow early access to potentially life-saving treatments and still ensure these innovative medicines fulfil their promise? The HAS decided to tackle the issue with the development of an action plan for innovative medicines, adapted to a context that calls for greater agility of the overall assessment process.</t>
   </si>
   <si>
     <t>01/27/2020 12:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
   </si>
   <si>
     <t>p_3148262</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
     <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
   </si>
   <si>
     <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
   </si>
   <si>
     <t>04/17/2025 00:00:00</t>
   </si>
   <si>
     <t>05/06/2025 15:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
     <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
   </si>
   <si>
     <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
   </si>
   <si>
     <t>04/30/2025 00:00:00</t>
@@ -615,50 +648,65 @@
     <t>05/16/2025 12:16:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
     <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
   </si>
   <si>
     <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>12/16/2024 12:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
   </si>
   <si>
     <t>p_3498436</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
   </si>
   <si>
     <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
   </si>
   <si>
     <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
   </si>
   <si>
     <t>10/17/2024 00:00:00</t>
   </si>
   <si>
     <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Next generation sequencing gene panel for medical lung cancer care</t>
   </si>
   <si>
     <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
   </si>
@@ -1948,279 +1996,279 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="B2" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="C2" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="D2" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="E2" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="H2" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="B3" t="s">
-        <v>483</v>
+        <v>499</v>
       </c>
       <c r="C3" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
       <c r="D3" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="E3" t="s">
-        <v>486</v>
+        <v>502</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
       <c r="H3" t="s">
-        <v>488</v>
+        <v>504</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="B4" t="s">
-        <v>489</v>
+        <v>505</v>
       </c>
       <c r="C4" t="s">
-        <v>490</v>
+        <v>506</v>
       </c>
       <c r="D4" t="s">
-        <v>491</v>
+        <v>507</v>
       </c>
       <c r="E4" t="s">
-        <v>492</v>
+        <v>508</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>493</v>
+        <v>509</v>
       </c>
       <c r="H4" t="s">
-        <v>494</v>
+        <v>510</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="B5" t="s">
-        <v>495</v>
+        <v>511</v>
       </c>
       <c r="C5" t="s">
-        <v>496</v>
+        <v>512</v>
       </c>
       <c r="D5" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E5" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>499</v>
+        <v>515</v>
       </c>
       <c r="H5" t="s">
-        <v>500</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>501</v>
+        <v>517</v>
       </c>
       <c r="B2" t="s">
-        <v>502</v>
+        <v>518</v>
       </c>
       <c r="C2" t="s">
-        <v>503</v>
+        <v>519</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>505</v>
+        <v>521</v>
       </c>
       <c r="H2" t="s">
-        <v>506</v>
+        <v>522</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>501</v>
+        <v>517</v>
       </c>
       <c r="B3" t="s">
-        <v>507</v>
+        <v>523</v>
       </c>
       <c r="C3" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>525</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
       <c r="H3" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>501</v>
+        <v>517</v>
       </c>
       <c r="B4" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="C4" t="s">
-        <v>513</v>
+        <v>529</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>514</v>
+        <v>530</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>515</v>
+        <v>531</v>
       </c>
       <c r="H4" t="s">
-        <v>516</v>
+        <v>532</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2268,2089 +2316,2167 @@
       </c>
       <c r="D3" t="s">
         <v>73</v>
       </c>
       <c r="E3" t="s">
         <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>75</v>
       </c>
       <c r="H3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>64</v>
       </c>
       <c r="B4" t="s">
         <v>77</v>
       </c>
       <c r="C4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D4" t="s">
         <v>78</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>79</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>80</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>64</v>
       </c>
       <c r="B5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C5" t="s">
         <v>83</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>84</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>85</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>86</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>64</v>
       </c>
       <c r="B6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C6" t="s">
         <v>89</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>90</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>91</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>92</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C7" t="s">
         <v>95</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>96</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>97</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>98</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
+        <v>100</v>
+      </c>
+      <c r="C8" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D8" t="s">
         <v>102</v>
       </c>
       <c r="E8" t="s">
         <v>103</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>104</v>
       </c>
       <c r="H8" t="s">
         <v>105</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>106</v>
+      </c>
+      <c r="C9" t="s">
+        <v>101</v>
+      </c>
+      <c r="D9" t="s">
+        <v>107</v>
+      </c>
+      <c r="E9" t="s">
+        <v>108</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>109</v>
+      </c>
+      <c r="H9" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="D2" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="H2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="E3" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H3" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B4" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C4" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D4" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E4" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H4" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B5" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C5" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D5" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="E5" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="H5" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B6" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C6" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="D6" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="E6" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H6" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B7" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C7" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="D7" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="E7" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H7" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B8" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C8" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D8" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E8" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H8" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B9" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D9" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E9" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H9" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B10" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C10" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D10" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="E10" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H10" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="H2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B2" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C2" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="H2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H47"/>
+  <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B2" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="E3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="H3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B4" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C4" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D4" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="E4" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="H4" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B5" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C5" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="H5" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B6" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C6" t="s">
+        <v>204</v>
+      </c>
+      <c r="D6" t="s">
         <v>199</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="H6" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B7" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C7" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D7" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="E7" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="H7" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B8" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C8" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="D8" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="E8" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="H8" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B9" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C9" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D9" t="s">
         <v>216</v>
       </c>
       <c r="E9" t="s">
         <v>217</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="H9" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B10" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C10" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D10" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="H10" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C11" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D11" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E11" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="H11" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B12" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C12" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D12" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E12" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="H12" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B13" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C13" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D13" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="E13" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="H13" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B14" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C14" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D14" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="E14" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H14" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B15" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C15" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E15" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="H15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B16" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C16" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D16" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E16" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="H16" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B17" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C17" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D17" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E17" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="H17" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B18" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="C18" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="D18" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="E18" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="H18" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B19" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C19" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D19" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E19" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="H19" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B20" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C20" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="D20" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="E20" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H20" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B21" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C21" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D21" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E21" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="H21" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B22" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C22" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D22" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="E22" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="H22" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B23" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C23" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D23" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E23" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H23" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B24" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C24" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D24" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="E24" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="H24" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B25" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C25" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D25" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E25" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="H25" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B26" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>319</v>
       </c>
       <c r="D26" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="E26" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="H26" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B27" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C27" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="D27" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="E27" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="H27" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B28" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="C28" t="s">
-        <v>326</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="E28" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="H28" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B29" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C29" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D29" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="E29" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="H29" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B30" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C30" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D30" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E30" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="H30" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B31" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C31" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D31" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="E31" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="H31" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C32" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D32" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="E32" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="H32" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B33" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C33" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D33" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="E33" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="H33" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B34" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="C34" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="D34" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="E34" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="H34" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B35" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C35" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D35" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="E35" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="H35" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B36" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C36" t="s">
-        <v>72</v>
+        <v>377</v>
       </c>
       <c r="D36" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="E36" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="H36" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B37" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="C37" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="D37" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="E37" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="H37" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B38" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C38" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D38" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="E38" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="H38" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B39" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C39" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="D39" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="E39" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="H39" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B40" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C40" t="s">
-        <v>395</v>
+        <v>66</v>
       </c>
       <c r="D40" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="E40" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="H40" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B41" t="s">
-        <v>388</v>
+        <v>404</v>
       </c>
       <c r="C41" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="D41" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="E41" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="H41" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B42" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="C42" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="D42" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="E42" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="H42" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B43" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="C43" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="D43" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="E43" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="H43" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C44" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="D44" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="E44" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="H44" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B45" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C45" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="D45" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="E45" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="H45" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B46" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C46" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D46" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="E46" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="H46" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B47" t="s">
-        <v>314</v>
+        <v>439</v>
       </c>
       <c r="C47" t="s">
-        <v>96</v>
+        <v>440</v>
       </c>
       <c r="D47" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="E47" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>444</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>178</v>
+      </c>
+      <c r="B48" t="s">
+        <v>445</v>
+      </c>
+      <c r="C48" t="s">
+        <v>446</v>
+      </c>
+      <c r="D48" t="s">
+        <v>447</v>
+      </c>
+      <c r="E48" t="s">
+        <v>448</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>449</v>
+      </c>
+      <c r="H48" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>178</v>
+      </c>
+      <c r="B49" t="s">
+        <v>330</v>
+      </c>
+      <c r="C49" t="s">
+        <v>101</v>
+      </c>
+      <c r="D49" t="s">
+        <v>451</v>
+      </c>
+      <c r="E49" t="s">
+        <v>452</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>453</v>
+      </c>
+      <c r="H49" t="s">
+        <v>454</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>439</v>
+        <v>455</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>440</v>
+        <v>456</v>
       </c>
       <c r="B2" t="s">
-        <v>441</v>
+        <v>457</v>
       </c>
       <c r="C2" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>443</v>
+        <v>459</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>444</v>
+        <v>460</v>
       </c>
       <c r="H2" t="s">
-        <v>445</v>
+        <v>461</v>
       </c>
       <c r="I2" t="s">
-        <v>446</v>
+        <v>462</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="B2" t="s">
-        <v>448</v>
+        <v>464</v>
       </c>
       <c r="C2" t="s">
-        <v>449</v>
+        <v>465</v>
       </c>
       <c r="D2" t="s">
-        <v>450</v>
+        <v>466</v>
       </c>
       <c r="E2" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>452</v>
+        <v>468</v>
       </c>
       <c r="H2" t="s">
-        <v>453</v>
+        <v>469</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="B3" t="s">
-        <v>454</v>
+        <v>470</v>
       </c>
       <c r="C3" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="D3" t="s">
-        <v>456</v>
+        <v>472</v>
       </c>
       <c r="E3" t="s">
-        <v>457</v>
+        <v>473</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>458</v>
+        <v>474</v>
       </c>
       <c r="H3" t="s">
-        <v>459</v>
+        <v>475</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="B4" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="C4" t="s">
-        <v>461</v>
+        <v>477</v>
       </c>
       <c r="D4" t="s">
-        <v>462</v>
+        <v>478</v>
       </c>
       <c r="E4" t="s">
-        <v>463</v>
+        <v>479</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="H4" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="B2" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="C2" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>469</v>
+        <v>485</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>470</v>
+        <v>486</v>
       </c>
       <c r="H2" t="s">
-        <v>471</v>
+        <v>487</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="B3" t="s">
-        <v>472</v>
+        <v>488</v>
       </c>
       <c r="C3" t="s">
-        <v>473</v>
+        <v>489</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>474</v>
+        <v>490</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>475</v>
+        <v>491</v>
       </c>
       <c r="H3" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>