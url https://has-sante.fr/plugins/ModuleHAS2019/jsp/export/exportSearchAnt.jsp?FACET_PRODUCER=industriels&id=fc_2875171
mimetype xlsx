--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -39,51 +39,51 @@
     <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
     <sheet name="Export Vaccine recommendation" r:id="rId12" sheetId="10"/>
     <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="533">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="842" uniqueCount="563">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -239,98 +239,119 @@
   <si>
     <t>How to judge a proposal for a screening programme</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
     <t>05/01/2004 00:00:00</t>
   </si>
   <si>
     <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
     <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
   </si>
   <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/23/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
   <si>
-    <t>10/02/2025 00:00:00</t>
-[...31 lines deleted...]
-  <si>
     <t>03/13/2025 00:00:00</t>
   </si>
   <si>
     <t>03/24/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
     <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
   </si>
   <si>
     <t>09/26/2024 00:00:00</t>
   </si>
   <si>
     <t>10/02/2024 11:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
     <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
     <t>07/10/2024 00:00:00</t>
@@ -377,50 +398,86 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
   </si>
   <si>
     <t>c_464119</t>
   </si>
   <si>
     <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
   </si>
   <si>
     <t>04/01/2004 00:00:00</t>
   </si>
   <si>
     <t>04/01/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
     <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
   </si>
   <si>
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Oral and dental care of patients at risk of infective endocarditis</t>
   </si>
   <si>
     <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
   </si>
   <si>
     <t>10/24/2024 00:00:00</t>
   </si>
   <si>
     <t>11/29/2021 15:10:00</t>
@@ -578,50 +635,86 @@
   <si>
     <t>p_3321295</t>
   </si>
   <si>
     <t>Press release</t>
   </si>
   <si>
     <t>HAS unveils its action plan for innovative medicines</t>
   </si>
   <si>
     <t>Drug innovations in recent years – and in the years to come – are bringing unprecedented hope for patients, such as the prospect of recovering from cancer or yet another disease for which there is still no known cure. We are witnessing a medical revolution the likes of which has not been seen for a very long time. However, these medicines come with numerous unresolved uncertainties, most notably in cases of short clinical development often seen for small patient sample sizes. So how do we safely allow early access to potentially life-saving treatments and still ensure these innovative medicines fulfil their promise? The HAS decided to tackle the issue with the development of an action plan for innovative medicines, adapted to a context that calls for greater agility of the overall assessment process.</t>
   </si>
   <si>
     <t>01/27/2020 12:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
   </si>
   <si>
     <t>p_3148262</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
     <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
   </si>
   <si>
     <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
   </si>
   <si>
     <t>10/16/2025 00:00:00</t>
   </si>
   <si>
     <t>10/21/2025 11:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
     <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
   </si>
   <si>
     <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
   </si>
   <si>
     <t>04/17/2025 00:00:00</t>
@@ -636,53 +729,50 @@
     <t>p_3424326</t>
   </si>
   <si>
     <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
   </si>
   <si>
     <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
   </si>
   <si>
     <t>04/30/2025 00:00:00</t>
   </si>
   <si>
     <t>05/16/2025 12:16:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
     <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
   </si>
   <si>
     <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
-  </si>
-[...1 lines deleted...]
-    <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>12/16/2024 12:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
     <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
   </si>
   <si>
     <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/23/2024 10:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
@@ -1996,2487 +2086,2617 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>493</v>
+        <v>523</v>
       </c>
       <c r="B2" t="s">
-        <v>494</v>
+        <v>524</v>
       </c>
       <c r="C2" t="s">
-        <v>495</v>
+        <v>525</v>
       </c>
       <c r="D2" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="E2" t="s">
-        <v>496</v>
+        <v>526</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>497</v>
+        <v>527</v>
       </c>
       <c r="H2" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>493</v>
+        <v>523</v>
       </c>
       <c r="B3" t="s">
-        <v>499</v>
+        <v>529</v>
       </c>
       <c r="C3" t="s">
-        <v>500</v>
+        <v>530</v>
       </c>
       <c r="D3" t="s">
-        <v>501</v>
+        <v>531</v>
       </c>
       <c r="E3" t="s">
-        <v>502</v>
+        <v>532</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>503</v>
+        <v>533</v>
       </c>
       <c r="H3" t="s">
-        <v>504</v>
+        <v>534</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>493</v>
+        <v>523</v>
       </c>
       <c r="B4" t="s">
-        <v>505</v>
+        <v>535</v>
       </c>
       <c r="C4" t="s">
-        <v>506</v>
+        <v>536</v>
       </c>
       <c r="D4" t="s">
-        <v>507</v>
+        <v>537</v>
       </c>
       <c r="E4" t="s">
-        <v>508</v>
+        <v>538</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>509</v>
+        <v>539</v>
       </c>
       <c r="H4" t="s">
-        <v>510</v>
+        <v>540</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>493</v>
+        <v>523</v>
       </c>
       <c r="B5" t="s">
-        <v>511</v>
+        <v>541</v>
       </c>
       <c r="C5" t="s">
-        <v>512</v>
+        <v>542</v>
       </c>
       <c r="D5" t="s">
-        <v>513</v>
+        <v>543</v>
       </c>
       <c r="E5" t="s">
-        <v>514</v>
+        <v>544</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>515</v>
+        <v>545</v>
       </c>
       <c r="H5" t="s">
-        <v>516</v>
+        <v>546</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>517</v>
+        <v>547</v>
       </c>
       <c r="B2" t="s">
-        <v>518</v>
+        <v>548</v>
       </c>
       <c r="C2" t="s">
-        <v>519</v>
+        <v>549</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>520</v>
+        <v>550</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>521</v>
+        <v>551</v>
       </c>
       <c r="H2" t="s">
-        <v>522</v>
+        <v>552</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>517</v>
+        <v>547</v>
       </c>
       <c r="B3" t="s">
-        <v>523</v>
+        <v>553</v>
       </c>
       <c r="C3" t="s">
-        <v>524</v>
+        <v>554</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>525</v>
+        <v>555</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>526</v>
+        <v>556</v>
       </c>
       <c r="H3" t="s">
-        <v>527</v>
+        <v>557</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>517</v>
+        <v>547</v>
       </c>
       <c r="B4" t="s">
-        <v>528</v>
+        <v>558</v>
       </c>
       <c r="C4" t="s">
-        <v>529</v>
+        <v>559</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>530</v>
+        <v>560</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>531</v>
+        <v>561</v>
       </c>
       <c r="H4" t="s">
-        <v>532</v>
+        <v>562</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...246 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="C2" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E2" t="s">
-        <v>114</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>115</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>116</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B3" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>120</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>121</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B4" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
-        <v>124</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
-        <v>125</v>
+        <v>79</v>
       </c>
       <c r="E4" t="s">
-        <v>126</v>
+        <v>80</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>127</v>
+        <v>81</v>
       </c>
       <c r="H4" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B5" t="s">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="C5" t="s">
-        <v>130</v>
+        <v>84</v>
       </c>
       <c r="D5" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="E5" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>133</v>
+        <v>87</v>
       </c>
       <c r="H5" t="s">
-        <v>134</v>
+        <v>88</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
-        <v>135</v>
+        <v>89</v>
       </c>
       <c r="C6" t="s">
-        <v>136</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>137</v>
+        <v>91</v>
       </c>
       <c r="E6" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>139</v>
+        <v>93</v>
       </c>
       <c r="H6" t="s">
-        <v>140</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>141</v>
+        <v>95</v>
       </c>
       <c r="C7" t="s">
-        <v>142</v>
+        <v>96</v>
       </c>
       <c r="D7" t="s">
-        <v>143</v>
+        <v>97</v>
       </c>
       <c r="E7" t="s">
-        <v>144</v>
+        <v>98</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>145</v>
+        <v>99</v>
       </c>
       <c r="H7" t="s">
-        <v>146</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>148</v>
+        <v>102</v>
       </c>
       <c r="D8" t="s">
-        <v>149</v>
+        <v>103</v>
       </c>
       <c r="E8" t="s">
-        <v>150</v>
+        <v>104</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>151</v>
+        <v>105</v>
       </c>
       <c r="H8" t="s">
-        <v>152</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>107</v>
+      </c>
+      <c r="C9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D9" t="s">
+        <v>109</v>
+      </c>
+      <c r="E9" t="s">
+        <v>110</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>111</v>
       </c>
-      <c r="B9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>158</v>
+        <v>112</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
+        <v>113</v>
+      </c>
+      <c r="C10" t="s">
+        <v>108</v>
+      </c>
+      <c r="D10" t="s">
+        <v>114</v>
+      </c>
+      <c r="E10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" t="s">
+        <v>117</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>129</v>
+      </c>
+      <c r="H3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>140</v>
+      </c>
+      <c r="H5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>146</v>
+      </c>
+      <c r="H6" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C7" t="s">
+        <v>149</v>
+      </c>
+      <c r="D7" t="s">
+        <v>150</v>
+      </c>
+      <c r="E7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>152</v>
+      </c>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>118</v>
+      </c>
+      <c r="B8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D8" t="s">
+        <v>156</v>
+      </c>
+      <c r="E8" t="s">
+        <v>157</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H8" t="s">
         <v>159</v>
       </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>118</v>
+      </c>
+      <c r="B9" t="s">
+        <v>160</v>
+      </c>
+      <c r="C9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D9" t="s">
+        <v>162</v>
+      </c>
+      <c r="E9" t="s">
+        <v>163</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>164</v>
+      </c>
+      <c r="H9" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B10" t="s">
+        <v>166</v>
+      </c>
       <c r="C10" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="D10" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="E10" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="H10" t="s">
-        <v>164</v>
+        <v>171</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>118</v>
+      </c>
+      <c r="B11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D11" t="s">
+        <v>174</v>
+      </c>
+      <c r="E11" t="s">
+        <v>175</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>176</v>
+      </c>
+      <c r="H11" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B12" t="s">
+        <v>178</v>
+      </c>
+      <c r="C12" t="s">
+        <v>179</v>
+      </c>
+      <c r="D12" t="s">
+        <v>180</v>
+      </c>
+      <c r="E12" t="s">
+        <v>181</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>182</v>
+      </c>
+      <c r="H12" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>165</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="C2" t="s">
-        <v>167</v>
+        <v>186</v>
       </c>
       <c r="D2" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="E2" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="H2" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>172</v>
+        <v>191</v>
       </c>
       <c r="B2" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="C2" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="H2" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B2" t="s">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="C2" t="s">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="D2" t="s">
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>201</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>202</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>204</v>
       </c>
       <c r="C3" t="s">
-        <v>186</v>
+        <v>205</v>
       </c>
       <c r="D3" t="s">
-        <v>187</v>
+        <v>206</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B4" t="s">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="C4" t="s">
-        <v>192</v>
+        <v>211</v>
       </c>
       <c r="D4" t="s">
-        <v>193</v>
+        <v>212</v>
       </c>
       <c r="E4" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>195</v>
+        <v>214</v>
       </c>
       <c r="H4" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B5" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="C5" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="D5" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="E5" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>201</v>
+        <v>220</v>
       </c>
       <c r="H5" t="s">
-        <v>202</v>
+        <v>221</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B6" t="s">
-        <v>203</v>
+        <v>222</v>
       </c>
       <c r="C6" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="D6" t="s">
-        <v>199</v>
+        <v>224</v>
       </c>
       <c r="E6" t="s">
-        <v>205</v>
+        <v>225</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>206</v>
+        <v>226</v>
       </c>
       <c r="H6" t="s">
-        <v>207</v>
+        <v>227</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B7" t="s">
-        <v>208</v>
+        <v>228</v>
       </c>
       <c r="C7" t="s">
-        <v>209</v>
+        <v>229</v>
       </c>
       <c r="D7" t="s">
-        <v>210</v>
+        <v>85</v>
       </c>
       <c r="E7" t="s">
-        <v>211</v>
+        <v>230</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="H7" t="s">
-        <v>213</v>
+        <v>232</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="C8" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="D8" t="s">
-        <v>216</v>
+        <v>85</v>
       </c>
       <c r="E8" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="H8" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B9" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="C9" t="s">
-        <v>221</v>
+        <v>239</v>
       </c>
       <c r="D9" t="s">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="E9" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="H9" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="C10" t="s">
-        <v>225</v>
+        <v>245</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>246</v>
       </c>
       <c r="E10" t="s">
-        <v>227</v>
+        <v>247</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>228</v>
+        <v>248</v>
       </c>
       <c r="H10" t="s">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B11" t="s">
-        <v>230</v>
+        <v>250</v>
       </c>
       <c r="C11" t="s">
-        <v>231</v>
+        <v>251</v>
       </c>
       <c r="D11" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="E11" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
       <c r="H11" t="s">
-        <v>235</v>
+        <v>253</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B12" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="C12" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="D12" t="s">
-        <v>238</v>
+        <v>256</v>
       </c>
       <c r="E12" t="s">
-        <v>239</v>
+        <v>257</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="H12" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B13" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="C13" t="s">
-        <v>243</v>
+        <v>261</v>
       </c>
       <c r="D13" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="E13" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="H13" t="s">
-        <v>247</v>
+        <v>265</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B14" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="C14" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
       <c r="D14" t="s">
-        <v>250</v>
+        <v>268</v>
       </c>
       <c r="E14" t="s">
-        <v>251</v>
+        <v>269</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>252</v>
+        <v>270</v>
       </c>
       <c r="H14" t="s">
-        <v>253</v>
+        <v>271</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B15" t="s">
-        <v>254</v>
+        <v>272</v>
       </c>
       <c r="C15" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="D15" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="E15" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>258</v>
+        <v>276</v>
       </c>
       <c r="H15" t="s">
-        <v>259</v>
+        <v>277</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B16" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="C16" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="D16" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="E16" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="H16" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B17" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="C17" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="D17" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="E17" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="H17" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B18" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="C18" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="D18" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="E18" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="H18" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B19" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="C19" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="D19" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="E19" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="H19" t="s">
-        <v>283</v>
+        <v>301</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="C20" t="s">
-        <v>273</v>
+        <v>303</v>
       </c>
       <c r="D20" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="E20" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="H20" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B21" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="C21" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="D21" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="E21" t="s">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="H21" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="C22" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="D22" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="E22" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
       <c r="H22" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B23" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="C23" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="D23" t="s">
-        <v>302</v>
+        <v>320</v>
       </c>
       <c r="E23" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
       <c r="H23" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B24" t="s">
-        <v>306</v>
+        <v>324</v>
       </c>
       <c r="C24" t="s">
-        <v>307</v>
+        <v>325</v>
       </c>
       <c r="D24" t="s">
-        <v>308</v>
+        <v>326</v>
       </c>
       <c r="E24" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="H24" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B25" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="C25" t="s">
-        <v>313</v>
+        <v>331</v>
       </c>
       <c r="D25" t="s">
-        <v>314</v>
+        <v>332</v>
       </c>
       <c r="E25" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>316</v>
+        <v>334</v>
       </c>
       <c r="H25" t="s">
-        <v>317</v>
+        <v>335</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B26" t="s">
-        <v>318</v>
+        <v>336</v>
       </c>
       <c r="C26" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="D26" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="E26" t="s">
-        <v>321</v>
+        <v>339</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>322</v>
+        <v>340</v>
       </c>
       <c r="H26" t="s">
-        <v>323</v>
+        <v>341</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="C27" t="s">
-        <v>325</v>
+        <v>343</v>
       </c>
       <c r="D27" t="s">
-        <v>326</v>
+        <v>344</v>
       </c>
       <c r="E27" t="s">
-        <v>327</v>
+        <v>345</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>328</v>
+        <v>346</v>
       </c>
       <c r="H27" t="s">
-        <v>329</v>
+        <v>347</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B28" t="s">
-        <v>330</v>
+        <v>348</v>
       </c>
       <c r="C28" t="s">
-        <v>101</v>
+        <v>349</v>
       </c>
       <c r="D28" t="s">
-        <v>331</v>
+        <v>350</v>
       </c>
       <c r="E28" t="s">
-        <v>332</v>
+        <v>351</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>333</v>
+        <v>352</v>
       </c>
       <c r="H28" t="s">
-        <v>334</v>
+        <v>353</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C29" t="s">
-        <v>336</v>
+        <v>355</v>
       </c>
       <c r="D29" t="s">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="E29" t="s">
-        <v>338</v>
+        <v>357</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="H29" t="s">
-        <v>340</v>
+        <v>359</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B30" t="s">
-        <v>341</v>
+        <v>360</v>
       </c>
       <c r="C30" t="s">
-        <v>342</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>343</v>
+        <v>361</v>
       </c>
       <c r="E30" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="H30" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B31" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="C31" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
       <c r="D31" t="s">
-        <v>349</v>
+        <v>367</v>
       </c>
       <c r="E31" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="H31" t="s">
-        <v>352</v>
+        <v>370</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B32" t="s">
-        <v>353</v>
+        <v>371</v>
       </c>
       <c r="C32" t="s">
-        <v>354</v>
+        <v>372</v>
       </c>
       <c r="D32" t="s">
-        <v>355</v>
+        <v>373</v>
       </c>
       <c r="E32" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="H32" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>359</v>
+        <v>377</v>
       </c>
       <c r="C33" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="D33" t="s">
-        <v>361</v>
+        <v>379</v>
       </c>
       <c r="E33" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>363</v>
+        <v>381</v>
       </c>
       <c r="H33" t="s">
-        <v>364</v>
+        <v>382</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="C34" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="D34" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="E34" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="H34" t="s">
-        <v>370</v>
+        <v>388</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>371</v>
+        <v>389</v>
       </c>
       <c r="C35" t="s">
-        <v>372</v>
+        <v>390</v>
       </c>
       <c r="D35" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="E35" t="s">
-        <v>373</v>
+        <v>392</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>374</v>
+        <v>393</v>
       </c>
       <c r="H35" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B36" t="s">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="C36" t="s">
-        <v>377</v>
+        <v>396</v>
       </c>
       <c r="D36" t="s">
-        <v>378</v>
+        <v>397</v>
       </c>
       <c r="E36" t="s">
-        <v>379</v>
+        <v>398</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>380</v>
+        <v>399</v>
       </c>
       <c r="H36" t="s">
-        <v>381</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B37" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
       <c r="C37" t="s">
-        <v>383</v>
+        <v>402</v>
       </c>
       <c r="D37" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E37" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="H37" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c r="C38" t="s">
-        <v>66</v>
+        <v>407</v>
       </c>
       <c r="D38" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="E38" t="s">
-        <v>390</v>
+        <v>409</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>391</v>
+        <v>410</v>
       </c>
       <c r="H38" t="s">
-        <v>392</v>
+        <v>411</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B39" t="s">
-        <v>393</v>
+        <v>412</v>
       </c>
       <c r="C39" t="s">
-        <v>394</v>
+        <v>413</v>
       </c>
       <c r="D39" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="E39" t="s">
-        <v>396</v>
+        <v>415</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>397</v>
+        <v>416</v>
       </c>
       <c r="H39" t="s">
-        <v>398</v>
+        <v>417</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B40" t="s">
-        <v>399</v>
+        <v>418</v>
       </c>
       <c r="C40" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>400</v>
+        <v>419</v>
       </c>
       <c r="E40" t="s">
-        <v>401</v>
+        <v>420</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>402</v>
+        <v>421</v>
       </c>
       <c r="H40" t="s">
-        <v>403</v>
+        <v>422</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B41" t="s">
-        <v>404</v>
+        <v>423</v>
       </c>
       <c r="C41" t="s">
-        <v>405</v>
+        <v>424</v>
       </c>
       <c r="D41" t="s">
-        <v>406</v>
+        <v>425</v>
       </c>
       <c r="E41" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>408</v>
+        <v>427</v>
       </c>
       <c r="H41" t="s">
-        <v>409</v>
+        <v>428</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B42" t="s">
-        <v>410</v>
+        <v>429</v>
       </c>
       <c r="C42" t="s">
-        <v>411</v>
+        <v>78</v>
       </c>
       <c r="D42" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="E42" t="s">
-        <v>413</v>
+        <v>431</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>414</v>
+        <v>432</v>
       </c>
       <c r="H42" t="s">
-        <v>415</v>
+        <v>433</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B43" t="s">
-        <v>404</v>
+        <v>434</v>
       </c>
       <c r="C43" t="s">
-        <v>416</v>
+        <v>435</v>
       </c>
       <c r="D43" t="s">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="E43" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="H43" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B44" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="C44" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="D44" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="E44" t="s">
-        <v>424</v>
+        <v>443</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>425</v>
+        <v>444</v>
       </c>
       <c r="H44" t="s">
-        <v>426</v>
+        <v>445</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B45" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="C45" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="D45" t="s">
-        <v>429</v>
+        <v>447</v>
       </c>
       <c r="E45" t="s">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>431</v>
+        <v>449</v>
       </c>
       <c r="H45" t="s">
-        <v>432</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B46" t="s">
-        <v>433</v>
+        <v>451</v>
       </c>
       <c r="C46" t="s">
-        <v>434</v>
+        <v>452</v>
       </c>
       <c r="D46" t="s">
-        <v>435</v>
+        <v>453</v>
       </c>
       <c r="E46" t="s">
-        <v>436</v>
+        <v>454</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>437</v>
+        <v>455</v>
       </c>
       <c r="H46" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B47" t="s">
-        <v>439</v>
+        <v>457</v>
       </c>
       <c r="C47" t="s">
-        <v>440</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
-        <v>441</v>
+        <v>459</v>
       </c>
       <c r="E47" t="s">
-        <v>442</v>
+        <v>460</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="H47" t="s">
-        <v>444</v>
+        <v>462</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>463</v>
       </c>
       <c r="C48" t="s">
-        <v>446</v>
+        <v>464</v>
       </c>
       <c r="D48" t="s">
-        <v>447</v>
+        <v>465</v>
       </c>
       <c r="E48" t="s">
-        <v>448</v>
+        <v>466</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>449</v>
+        <v>467</v>
       </c>
       <c r="H48" t="s">
-        <v>450</v>
+        <v>468</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
-        <v>330</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
-        <v>101</v>
+        <v>470</v>
       </c>
       <c r="D49" t="s">
-        <v>451</v>
+        <v>471</v>
       </c>
       <c r="E49" t="s">
-        <v>452</v>
+        <v>472</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>453</v>
+        <v>473</v>
       </c>
       <c r="H49" t="s">
-        <v>454</v>
+        <v>474</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>197</v>
+      </c>
+      <c r="B50" t="s">
+        <v>475</v>
+      </c>
+      <c r="C50" t="s">
+        <v>476</v>
+      </c>
+      <c r="D50" t="s">
+        <v>477</v>
+      </c>
+      <c r="E50" t="s">
+        <v>478</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>479</v>
+      </c>
+      <c r="H50" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>197</v>
+      </c>
+      <c r="B51" t="s">
+        <v>360</v>
+      </c>
+      <c r="C51" t="s">
+        <v>108</v>
+      </c>
+      <c r="D51" t="s">
+        <v>481</v>
+      </c>
+      <c r="E51" t="s">
+        <v>482</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>483</v>
+      </c>
+      <c r="H51" t="s">
+        <v>484</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>455</v>
+        <v>485</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>456</v>
+        <v>486</v>
       </c>
       <c r="B2" t="s">
-        <v>457</v>
+        <v>487</v>
       </c>
       <c r="C2" t="s">
-        <v>458</v>
+        <v>488</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>459</v>
+        <v>489</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>460</v>
+        <v>490</v>
       </c>
       <c r="H2" t="s">
-        <v>461</v>
+        <v>491</v>
       </c>
       <c r="I2" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>463</v>
+        <v>493</v>
       </c>
       <c r="B2" t="s">
-        <v>464</v>
+        <v>494</v>
       </c>
       <c r="C2" t="s">
-        <v>465</v>
+        <v>495</v>
       </c>
       <c r="D2" t="s">
-        <v>466</v>
+        <v>496</v>
       </c>
       <c r="E2" t="s">
-        <v>467</v>
+        <v>497</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>468</v>
+        <v>498</v>
       </c>
       <c r="H2" t="s">
-        <v>469</v>
+        <v>499</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>463</v>
+        <v>493</v>
       </c>
       <c r="B3" t="s">
-        <v>470</v>
+        <v>500</v>
       </c>
       <c r="C3" t="s">
-        <v>471</v>
+        <v>501</v>
       </c>
       <c r="D3" t="s">
-        <v>472</v>
+        <v>502</v>
       </c>
       <c r="E3" t="s">
-        <v>473</v>
+        <v>503</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>474</v>
+        <v>504</v>
       </c>
       <c r="H3" t="s">
-        <v>475</v>
+        <v>505</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>463</v>
+        <v>493</v>
       </c>
       <c r="B4" t="s">
-        <v>476</v>
+        <v>506</v>
       </c>
       <c r="C4" t="s">
-        <v>477</v>
+        <v>507</v>
       </c>
       <c r="D4" t="s">
-        <v>478</v>
+        <v>508</v>
       </c>
       <c r="E4" t="s">
-        <v>479</v>
+        <v>509</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>480</v>
+        <v>510</v>
       </c>
       <c r="H4" t="s">
-        <v>481</v>
+        <v>511</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>482</v>
+        <v>512</v>
       </c>
       <c r="B2" t="s">
-        <v>483</v>
+        <v>513</v>
       </c>
       <c r="C2" t="s">
-        <v>484</v>
+        <v>514</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>485</v>
+        <v>515</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>486</v>
+        <v>516</v>
       </c>
       <c r="H2" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>482</v>
+        <v>512</v>
       </c>
       <c r="B3" t="s">
-        <v>488</v>
+        <v>518</v>
       </c>
       <c r="C3" t="s">
-        <v>489</v>
+        <v>519</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>490</v>
+        <v>520</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>491</v>
+        <v>521</v>
       </c>
       <c r="H3" t="s">
-        <v>492</v>
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>