--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -39,51 +39,51 @@
     <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
     <sheet name="Export Vaccine recommendation" r:id="rId12" sheetId="10"/>
     <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="842" uniqueCount="563">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="834" uniqueCount="557">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -465,68 +465,50 @@
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Oral and dental care of patients at risk of infective endocarditis</t>
   </si>
   <si>
     <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
   </si>
   <si>
     <t>10/24/2024 00:00:00</t>
   </si>
   <si>
     <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
   </si>
   <si>
     <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
   </si>
   <si>
     <t>12/16/2009 00:00:00</t>
   </si>
   <si>
     <t>03/01/2010 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
     <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
   </si>
   <si>
     <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
   </si>
@@ -2086,268 +2068,268 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="B2" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="C2" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="E2" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="H2" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>517</v>
+      </c>
+      <c r="B3" t="s">
         <v>523</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="D3" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="E3" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="H3" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="B4" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="C4" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="D4" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="E4" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="H4" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="B5" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="C5" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="D5" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="E5" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="H5" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B2" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="C2" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="H2" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>541</v>
+      </c>
+      <c r="B3" t="s">
         <v>547</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="H3" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B4" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="C4" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="H4" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2588,51 +2570,51 @@
       </c>
       <c r="D10" t="s">
         <v>114</v>
       </c>
       <c r="E10" t="s">
         <v>115</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>116</v>
       </c>
       <c r="H10" t="s">
         <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2878,1825 +2860,1799 @@
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>118</v>
       </c>
       <c r="B11" t="s">
         <v>172</v>
       </c>
       <c r="C11" t="s">
         <v>173</v>
       </c>
       <c r="D11" t="s">
         <v>174</v>
       </c>
       <c r="E11" t="s">
         <v>175</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>176</v>
       </c>
       <c r="H11" t="s">
         <v>177</v>
-      </c>
-[...24 lines deleted...]
-        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>183</v>
+      </c>
+      <c r="H2" t="s">
         <v>184</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B2" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C2" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="H2" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H2" t="s">
         <v>197</v>
-      </c>
-[...19 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B3" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C3" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D3" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="E3" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="H3" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B4" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C4" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D4" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="E4" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="H4" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B5" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C5" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D5" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="E5" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="H5" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B6" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C6" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="E6" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="H6" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B7" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="C7" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="D7" t="s">
         <v>85</v>
       </c>
       <c r="E7" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="H7" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B8" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C8" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="D8" t="s">
         <v>85</v>
       </c>
       <c r="E8" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="H8" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B9" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C9" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="D9" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="E9" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="H9" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B10" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C10" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="D10" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="E10" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H10" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B11" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C11" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D11" t="s">
+        <v>240</v>
+      </c>
+      <c r="E11" t="s">
+        <v>241</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>246</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B12" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C12" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="D12" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="E12" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="H12" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B13" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="C13" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="D13" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E13" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="H13" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B14" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="C14" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="D14" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="E14" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="H14" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B15" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C15" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="D15" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="E15" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="H15" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C16" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="D16" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="E16" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="H16" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B17" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="C17" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="D17" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="E17" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="H17" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B18" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="C18" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="D18" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="E18" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="H18" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B19" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C19" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D19" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="E19" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="H19" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B20" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="C20" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="D20" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="E20" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="H20" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B21" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C21" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="D21" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="E21" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="H21" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B22" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="C22" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="D22" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="E22" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="H22" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B23" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C23" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="D23" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="E23" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="H23" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B24" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="C24" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D24" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="E24" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="H24" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B25" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="C25" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="D25" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="E25" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="H25" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B26" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="C26" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D26" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="E26" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="H26" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B27" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C27" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="D27" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="E27" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="H27" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B28" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C28" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="D28" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="E28" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="H28" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B29" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="C29" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="D29" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="E29" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="H29" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B30" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="C30" t="s">
         <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="E30" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="H30" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B31" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="C31" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="D31" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="E31" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="H31" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B32" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="C32" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="D32" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="E32" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="H32" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B33" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="C33" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="D33" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="E33" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="H33" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B34" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="C34" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="D34" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="E34" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="H34" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B35" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="C35" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="D35" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="E35" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="H35" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B36" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C36" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="D36" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="E36" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="H36" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B37" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="C37" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="D37" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="E37" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="H37" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B38" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="C38" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="D38" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E38" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="H38" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B39" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C39" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="D39" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="E39" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="H39" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B40" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="C40" t="s">
         <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="E40" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="H40" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B41" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="C41" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="D41" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="E41" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="H41" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B42" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="C42" t="s">
         <v>78</v>
       </c>
       <c r="D42" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="E42" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="H42" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B43" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="C43" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D43" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="E43" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="H43" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B44" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="C44" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="D44" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="E44" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="H44" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B45" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="C45" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="D45" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="E45" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="H45" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B46" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="C46" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="D46" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="E46" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="H46" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B47" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C47" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="D47" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="E47" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="H47" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="C48" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="D48" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="E48" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="H48" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B49" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="C49" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="D49" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="E49" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="H49" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B50" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="C50" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="D50" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="E50" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="H50" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="B51" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="C51" t="s">
         <v>108</v>
       </c>
       <c r="D51" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="H51" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B2" t="s">
+        <v>481</v>
+      </c>
+      <c r="C2" t="s">
+        <v>482</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>483</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>484</v>
+      </c>
+      <c r="H2" t="s">
+        <v>485</v>
+      </c>
+      <c r="I2" t="s">
         <v>486</v>
-      </c>
-[...22 lines deleted...]
-        <v>492</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B2" t="s">
+        <v>488</v>
+      </c>
+      <c r="C2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D2" t="s">
+        <v>490</v>
+      </c>
+      <c r="E2" t="s">
+        <v>491</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>492</v>
+      </c>
+      <c r="H2" t="s">
         <v>493</v>
-      </c>
-[...19 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="B3" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="C3" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="D3" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="E3" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="H3" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="B4" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C4" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="D4" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="E4" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="H4" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="B2" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="C2" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="H2" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B3" t="s">
         <v>512</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="H3" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>