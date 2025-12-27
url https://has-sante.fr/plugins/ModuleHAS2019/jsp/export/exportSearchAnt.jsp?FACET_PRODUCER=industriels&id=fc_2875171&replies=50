--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -17,79 +17,79 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
-    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
     <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6553" uniqueCount="3772">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6637" uniqueCount="3824">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -545,68 +545,92 @@
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
     <t>01/05/2004 00:00:00</t>
   </si>
   <si>
     <t>03/05/2004 17:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>LATITUDE CLARITY</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738013/fr/latitude-clarity</t>
+  </si>
+  <si>
+    <t>p_3738013</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC</t>
+  </si>
+  <si>
     <t>ODYSIGHT</t>
   </si>
   <si>
     <t>La CNEDiMTS émet un avis favorable à la prise en charge anticipée dans l’indication revendiquée.</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
     <t>09/10/2025 10:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3690457/fr/odysight</t>
   </si>
   <si>
     <t>p_3690457</t>
   </si>
   <si>
+    <t>Activité de télésurveillance médicale</t>
+  </si>
+  <si>
     <t>TILAK HEALTHCARE</t>
   </si>
   <si>
     <t>VACSTENT GI</t>
   </si>
   <si>
     <t>09/09/2025 00:00:00</t>
   </si>
   <si>
     <t>08/10/2025 12:12:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658373/fr/vacstent-gi</t>
   </si>
   <si>
     <t>p_3658373</t>
   </si>
   <si>
     <t>Endoprothèse œsophagienne et son système de thérapie endoscopique sous vide</t>
   </si>
   <si>
     <t>MICRO-TECH (France)</t>
   </si>
   <si>
     <t>BRAVA SUPPORT PLUS</t>
@@ -719,53 +743,50 @@
   <si>
     <t>p_3594029</t>
   </si>
   <si>
     <t>Orthèse d'avancée mandibulaire</t>
   </si>
   <si>
     <t>SOMNOMED FRANCE SAS</t>
   </si>
   <si>
     <t>CARELINK</t>
   </si>
   <si>
     <t>06/05/2025 00:00:00</t>
   </si>
   <si>
     <t>21/05/2025 09:42:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607054/fr/carelink</t>
   </si>
   <si>
     <t>p_3607054</t>
   </si>
   <si>
-    <t>Activité de télésurveillance médicale des patients porteurs de moniteur cardiaque implantable</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDTRONIC FRANCE S.A.S.</t>
   </si>
   <si>
     <t>1 MINUTE POUR MON COEUR</t>
   </si>
   <si>
     <t>13/05/2025 17:44:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604459/fr/1-minute-pour-mon-coeur</t>
   </si>
   <si>
     <t>p_3604459</t>
   </si>
   <si>
     <t>Activité de télésurveillance médicale des patients ayant une insuffisance cardiaque chronique</t>
   </si>
   <si>
     <t>NEW CARD</t>
   </si>
   <si>
     <t>RM PRESSFIT VITAMYS</t>
   </si>
   <si>
     <t>11/03/2025 00:00:00</t>
@@ -818,53 +839,50 @@
   <si>
     <t>p_3595631</t>
   </si>
   <si>
     <t>Bandelettes sous-urétrales, implantées par voie transobturatrice ou par voie rétropubienne</t>
   </si>
   <si>
     <t>THT BIO-SCIENCE (France)</t>
   </si>
   <si>
     <t>SATELIA CARDIO</t>
   </si>
   <si>
     <t>19/11/2024 00:00:00</t>
   </si>
   <si>
     <t>24/02/2025 09:47:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3586365/fr/satelia-cardio</t>
   </si>
   <si>
     <t>p_3586365</t>
   </si>
   <si>
-    <t>Activité de télésurveillance médicale</t>
-[...1 lines deleted...]
-  <si>
     <t>NP MEDICAL</t>
   </si>
   <si>
     <t>CUREETY TECHCARE</t>
   </si>
   <si>
     <t>03/12/2024 00:00:00</t>
   </si>
   <si>
     <t>17/02/2025 12:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578221/fr/cureety-techcare</t>
   </si>
   <si>
     <t>p_3578221</t>
   </si>
   <si>
     <t>Logiciel de télésurveillance médicale</t>
   </si>
   <si>
     <t>CUREETY SAS</t>
   </si>
   <si>
     <t>PINK PERFECT</t>
@@ -2783,65 +2801,89 @@
   <si>
     <t>c_2800207</t>
   </si>
   <si>
     <t>Maladie de Pompe</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de la Maladie de Pompe.</t>
   </si>
   <si>
     <t>08/08/2016 13:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2659919/fr/maladie-de-pompe</t>
   </si>
   <si>
     <t>c_2659919</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>CEDiag du 7 octobre 2025</t>
+  </si>
+  <si>
+    <t>03/12/2025 10:50:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3775444/fr/cediag-du-7-octobre-2025</t>
+  </si>
+  <si>
+    <t>p_3775444</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEDiag du 15 juillet 2025</t>
+  </si>
+  <si>
+    <t>24/11/2025 17:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745735/fr/cediag-du-15-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3745735</t>
+  </si>
+  <si>
     <t>CTV - Réunion du 15 avril 2025</t>
   </si>
   <si>
     <t>16/09/2025 14:53:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601712/fr/ctv-reunion-du-15-avril-2025</t>
   </si>
   <si>
     <t>p_3601712</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Regardez en replay - Présentation et échanges autour des principes d'évaluation des DMN</t>
   </si>
   <si>
     <t>Le replay du webinaire "Présentation et échanges autour des principes d'évaluation des DMN" est disponible.</t>
   </si>
   <si>
     <t>28/08/2025 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3642943/fr/regardez-en-replay-presentation-et-echanges-autour-des-principes-d-evaluation-des-dmn</t>
   </si>
   <si>
     <t>p_3642943</t>
   </si>
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Collège délibératif du 7 mai 2025</t>
   </si>
   <si>
     <t>22/07/2025 18:15:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
@@ -5894,101 +5936,137 @@
   <si>
     <t>05/03/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
   </si>
   <si>
     <t>c_635308</t>
   </si>
   <si>
     <t>Commission de la transparence - réunion du 28 février 2007</t>
   </si>
   <si>
     <t>28/02/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_594280/fr/commission-de-la-transparence-reunion-du-28-fevrier-2007</t>
   </si>
   <si>
     <t>c_594280</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Guides d’utilisation des PROMs en pratique clinique courante</t>
+  </si>
+  <si>
+    <t>Les questionnaires PROMs sont des outils pour la prise en charge des patients atteints de pathologie chronique, et la bonne organisation de leur parcours de prise en charge. Ils facilitent la communication entre les patients et les professionnels de santé, ainsi que l’engagement des patients.</t>
+  </si>
+  <si>
+    <t>23/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2024 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501799/fr/guides-d-utilisation-des-proms-en-pratique-clinique-courante</t>
+  </si>
+  <si>
+    <t>p_3501799</t>
+  </si>
+  <si>
+    <t>Accès précoce des médicaments : un bilan positif après deux ans de mise en place du dispositif</t>
+  </si>
+  <si>
+    <t>Les chiffres clés des quatre premières années de mise en œuvre. Les données présentées dans ce rapport couvrent la période du 1er juillet 2021 au 30 juin 2023. L’extraction a été réalisée le 17 juillet 2023.</t>
+  </si>
+  <si>
+    <t>11/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2023 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470178/fr/acces-precoce-des-medicaments-un-bilan-positif-apres-deux-ans-de-mise-en-place-du-dispositif</t>
+  </si>
+  <si>
+    <t>p_3470178</t>
+  </si>
+  <si>
     <t>Harmonisation du bilan médicamenteux - Référentiel</t>
   </si>
   <si>
     <t>L’objectif est d’harmoniser les bilans médicamenteux afin de produire un bilan unique et partageable quels que soient les contextes d’utilisation. Ce document reprend notamment les éléments identifiés dans l’activité de bilan partagé de médication en officine, et dans la conciliation des traitements médi-camenteux à l’hôpital. L’élaboration du référentiel issu de ce travail favorise la numérisation de ce bilan et donc son partage entre la ville et l’hôpital.</t>
   </si>
   <si>
     <t>24/07/2025 00:00:00</t>
   </si>
   <si>
     <t>31/07/2025 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534690/fr/harmonisation-du-bilan-medicamenteux-referentiel</t>
   </si>
   <si>
     <t>p_3534690</t>
   </si>
   <si>
     <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2024</t>
   </si>
   <si>
     <t>Depuis 2002, les ESSMS sont tenus de faire procéder à une évaluation de la qualité des prestations qu’ils délivrent aux personnes accompagnées. La démarche, rénovée, s’ancre aujourd’hui dans l’objectif plus large d’amplifier la dynamique d’amélioration continue de la qualité dans les structures pour répondre au plus près aux besoins des publics concernés, tout en respectant leurs attentes.</t>
   </si>
   <si>
     <t>03/07/2025 00:00:00</t>
   </si>
   <si>
     <t>03/07/2025 12:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634116/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2024</t>
   </si>
   <si>
     <t>p_3634116</t>
   </si>
   <si>
-    <t>Point de vue des personnes accompagnées par les ESSMS</t>
-[...13 lines deleted...]
-  <si>
     <t>Référentiel de certification de l’activité d’information par démarchage ou prospection visant à la promotion des médicaments</t>
   </si>
   <si>
     <t>Responsable de la procédure de certification de l'activité d'information promotionnelle par démarchage ou prospection des entreprises du médicament aux professionnels de santé ("visite médicale"), la HAS publie un rapport de suivi de cette activité. Ce document analyse les éléments de suivi transmis à la HAS par les organismes certificateurs depuis l’entrée en vigueur de la procédure de certification (octobre 2016 à octobre 2020) en application de la charte signée le 15 octobre 2014 par le CEPS et le LEEM. 2.14.0.0 2.14.0.0 2.14.0.0 2.14.0.0</t>
   </si>
   <si>
     <t>16/06/2017 00:00:00</t>
   </si>
   <si>
     <t>21/03/2025 11:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2655426/fr/referentiel-de-certification-de-l-activite-d-information-par-demarchage-ou-prospection-visant-a-la-promotion-des-medicaments</t>
   </si>
   <si>
     <t>c_2655426</t>
   </si>
   <si>
     <t>Résultats des IQSS - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes de l'indicateur « Suivi de la vaccination antigrippale du personnel hospitalier ».</t>
   </si>
   <si>
     <t>14/12/2023 00:00:00</t>
@@ -5999,101 +6077,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470616/fr/resultats-des-iqss-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier</t>
   </si>
   <si>
     <t>p_3470616</t>
   </si>
   <si>
     <t>Actualisation du référentiel d’évaluation des applications dans le champ de la santé mobile des solutions numériques - Référentiel</t>
   </si>
   <si>
     <t>La HAS a été saisie dans le cadre d’une « Mise à jour et extension du référentiel d’évaluation des applications dans le champ de la santé mobile des solutions numériques en santé ». Elle publie à ce titre un référentiel visant à optimiser les critères de qualité du contenu médical en prenant en considération la norme ISO existante et également à optimiser le processus de référencement.</t>
   </si>
   <si>
     <t>20/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 11:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3481960/fr/actualisation-du-referentiel-d-evaluation-des-applications-dans-le-champ-de-la-sante-mobile-des-solutions-numeriques-referentiel</t>
   </si>
   <si>
     <t>p_3481960</t>
   </si>
   <si>
-    <t>Aide à l'utilisation des PROMs en pratique clinique courante</t>
-[...49 lines deleted...]
-  <si>
     <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
   </si>
   <si>
     <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>16/03/2023 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
   </si>
   <si>
     <t>p_3390248</t>
   </si>
   <si>
     <t>Utilisation des patients-reported outcomes (PROs) dans les évaluations des technologies de santé, des actes professionnels et dans l’élaboration des recommandations vaccinales et de santé publique</t>
   </si>
   <si>
     <t>Un appel à contribution écrite est ouvert au sujet des résultats rapportés par les patients (patient-reported outcomes), notamment les résultats de qualité de vie. L’objectif de cet appel est d’alimenter un travail d’élaboration par la HAS de recommandations méthodologiques pour les promoteurs d’études.</t>
   </si>
   <si>
     <t>28/10/2024 16:16:00</t>
@@ -6428,50 +6455,398 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
     <t>Critères de qualité des revues et journaux de la presse médicale française</t>
   </si>
   <si>
     <t>Dans le cadre de son rôle d'information des professionnels de santé, la HAS a initié une démarche de réflexion sur la qualité de la presse médicale française, reposant sur l'identification de bonnes pratiques et de critères qualité. Trois axes de qualité ont été retenus porant sur la transparence, l'indépendance et l'éthique éditoriale. Les bonnes pratiques et critères de qualité qui en découlent sont utilisables : par les éditeurs et les rédacteurs : la démarche qualité peut se décliner dans le temps, en définissant des objectifs prioritaires pour chaque titre, en fonction de sa situation ; par exemple les revues de formation et de recherche peuvent prendre connaissance des recommandations ICMJE et COPE pour mettre en oeuvre leurs principes ; par les lecteurs qui peuvent élaborer une grille de lecture de qualité d'un titre.</t>
   </si>
   <si>
     <t>30/05/2013 00:00:00</t>
   </si>
   <si>
     <t>30/05/2013 14:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1018620/fr/criteres-de-qualite-des-revues-et-journaux-de-la-presse-medicale-francaise</t>
   </si>
   <si>
     <t>c_1018620</t>
   </si>
   <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS publie la note de cadrage concernant la recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777770/fr/recommandation-vaccinale-contre-la-varicelle-chez-les-nourrissons-de-12-mois-et-plus-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3777770</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation d’utilisation préférentielle des vaccins Efluelda et Fluad chez les personnes de 65 ans et plus par rapport aux vaccins à dose standard disponibles dans cette population, dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière. La HAS positionne de manière équivalente les vaccins adjuvantés et hautement dosés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
+  </si>
+  <si>
+    <t>p_3604446</t>
+  </si>
+  <si>
+    <t>Grippe zoonotique H5N1</t>
+  </si>
+  <si>
+    <t>Dans un contexte marqué par une circulation du virus influenza aviaire hautement pathogène (IAHP) H5N1 chez les oiseaux sauvages et captifs , puis chez de nombreuses espèces de mammifères carnivores mondiale depuis quelques années, et actuellement aux Etats-Unis, touchant en plus les bovins, et faisant craindre une possible adaptation du virus à l’homme, la Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus à l’être humain. En particulier, elle demande à la HAS de préciser la stratégie vaccinale à mettre en œuvre avec le vaccin disponible, en cas de détection d’un cas humain de grippe zoonotique sur le territoire, autochtone ou importé et de préciser les groupes de population pour lesquels la vaccination serait priorisée.</t>
+  </si>
+  <si>
+    <t>27/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2025 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599828/fr/grippe-zoonotique-h5n1</t>
+  </si>
+  <si>
+    <t>p_3599828</t>
+  </si>
+  <si>
+    <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586414/fr/elargissement-des-criteres-d-eligibilite-a-la-vaccination-antipneumococcique-chez-les-adultes-recommandation-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3586414</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Révision de la stratégie de vaccination contre la grippe saisonnière : évaluation de la pertinence de l’extension de la vaccination chez les enfants sans comorbidité</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS en janvier 2022 pour qu’elle évalue l’intérêt de l’extension de la vaccination contre la grippe saisonnière aux enfants sans comorbidité Au terme de son évaluation, la HAS recommande que la vaccination contre la grippe saisonnière puisse être proposée chaque année aux enfants sans comorbidités âgés de 2 à 17 ans révolus, sans qu’elle soit rendue obligatoire. Dans cette tranche d’âge, la HAS recommande d’utiliser préférentiellement le vaccin administré par voie intranasale Fluenz Tetra, compte tenu de la meilleure acceptabilité de ce vaccin chez l’enfant du fait de la non-utilisation d’aiguille.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2023 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350703/fr/revision-de-la-strategie-de-vaccination-contre-la-grippe-saisonniere-evaluation-de-la-pertinence-de-l-extension-de-la-vaccination-chez-les-enfants-sans-comorbidite</t>
+  </si>
+  <si>
+    <t>p_3350703</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
+  </si>
+  <si>
+    <t>p_3066921</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre le Sars-CoV-2 - Recommandations intermédiaires sur les modalités de mise en œuvre de la vaccination</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’anticipation de l’arrivée des vaccins contre la Covid-19 en France, et à la demande du directeur général de la santé, la HAS en s’appuyant sur la commission technique des vaccinations, a élaboré des recommandations intermédiaires sur les modalités de mise en œuvre de la campagne de vaccination, en anticipation de l’arrivée des premiers vaccins contre le Sars-CoV-2.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225990/fr/strategie-vaccinale-contre-le-sars-cov-2-recommandations-intermediaires-sur-les-modalites-de-mise-en-oeuvre-de-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3225990</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Recommandations préliminaires sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>La HAS affine ses recommandations sur la priorisation des populations à vacciner contre la Covid-19 élaborées en juillet dernier. Cette stratégie répond à un double objectif : réduire les hospitalisations et les décès et maintenir les activités essentielles du pays, particulièrement celles du système de santé pendant l’épidémie. Deux critères principaux ont été pris en compte par la HAS pour établir cette priorisation : l’existence d’un facteur de risque individuel de développer une forme grave de la maladie et l’exposition accrue au virus.</t>
+  </si>
+  <si>
+    <t>27/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221338/fr/strategie-de-vaccination-contre-le-sars-cov-2-recommandations-preliminaires-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3221338</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre la Covid-19 - Stratégie de déploiement des vaccins disponibles - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Le contexte de développement clinique accéléré des candidats vaccins contre le SARS-CoV-2 implique que la HAS travaille en avance de phase pour définir la stratégie la plus adaptée à la situation française qui encadrera l’utilisation des vaccins dès l’arrivée des premiers vaccins sur le marché en tenant compte de la disponibilité des doses. La note de cadrage précise les éléments qui seront considérés au cours des travaux de la HAS, ses modalités de travail ainsi que les forts enjeux associés à l’arrivée de ces futurs vaccins et à la mise en œuvre d’une campagne de vaccination en France</t>
+  </si>
+  <si>
+    <t>23/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2020 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197104/fr/strategie-vaccinale-contre-la-covid-19-strategie-de-deploiement-des-vaccins-disponibles-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3197104</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la COVID 19 - Anticipation des scénarios possibles de vaccination et recommandations préliminaires sur les populations cibles</t>
+  </si>
+  <si>
+    <t>Le contexte de développement clinique accéléré des candidats vaccins contre le SARS-CoV-2 implique que la HAS travaille en avance de phase pour définir la stratégie la plus adaptée à la situation française qui encadrera l’utilisation des vaccins dès l’arrivée des premiers vaccins sur le marché en tenant compte de la disponibilité des doses. Dans une perspective d’aide à la décision publique, la HAS anticipe les scénarios possibles de vaccination en France et formule des recommandations préliminaires sur les populations considérées comme prioritaires pour la vaccination dans un contexte de production de connaissances très évolutives et de fortes incertitudes tant sur l’évolution de l’épidémie que sur les caractéristiques des vaccins en cours de développement.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197106/fr/strategie-de-vaccination-contre-la-covid-19-anticipation-des-scenarios-possibles-de-vaccination-et-recommandations-preliminaires-sur-les-populations-cibles</t>
+  </si>
+  <si>
+    <t>p_3197106</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Place du vaccin SYNFLORIX dans la stratégie vaccinale contre les infections à pneumocoques chez l’enfant âgé de moins de 5 ans</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale portant sur sur la place du vaccin SYNFLORIX™, vaccin conjugué contre le pneumocoque 10-valent. À l’issue de l’évaluation menée, la HAS recommande de ne pas intégrer le vaccin SYNFLORIX™ à la stratégie vaccinale établie dans le contexte spécifique français.</t>
+  </si>
+  <si>
+    <t>07/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2018 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838905/fr/place-du-vaccin-synflorix-dans-la-strategie-vaccinale-contre-les-infections-a-pneumocoques-chez-l-enfant-age-de-moins-de-5-ans</t>
+  </si>
+  <si>
+    <t>c_2838905</t>
+  </si>
+  <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Technologies numériques et systèmes d’IA à usage professionnel</t>
   </si>
   <si>
     <t>De très nombreuses technologies numériques sont aujourd’hui utilisées en contexte de soins. Les technologies numériques à usage professionnel incluent les dispositifs médicaux numériques (DMN) à usage professionnel et des technologies sans finalité médicale (au sens du Règlement européen 2017/245 relatif aux dispositif médicaux) et n’ayant pas le statut de dispositif médical. Ces différentes technologies peuvent correspondre à des systèmes d’intelligence artificielle.</t>
   </si>
   <si>
     <t>29/06/2023 17:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363066/fr/technologies-numeriques-et-systemes-d-ia-a-usage-professionnel</t>
   </si>
   <si>
     <t>p_3363066</t>
   </si>
   <si>
     <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
   </si>
   <si>
     <t>25/10/2024 12:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
@@ -6488,380 +6863,50 @@
   <si>
     <t>26/10/2023 10:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
   </si>
   <si>
     <t>p_3326877</t>
   </si>
   <si>
     <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
   </si>
   <si>
     <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
   </si>
   <si>
     <t>22/09/2020 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...328 lines deleted...]
-  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
   </si>
   <si>
     <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
   </si>
   <si>
     <t>02/10/2025 00:00:00</t>
   </si>
   <si>
     <t>08/10/2025 11:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
     <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
   </si>
   <si>
     <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
@@ -7370,75 +7415,108 @@
   <si>
     <t>c_464119</t>
   </si>
   <si>
     <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
   </si>
   <si>
     <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
   </si>
   <si>
     <t>01/04/2004 00:00:00</t>
   </si>
   <si>
     <t>01/04/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 2 – Accompagner la personne dans l'élaboration de son projet d'habitat</t>
+  </si>
+  <si>
+    <t>Après la publication du volet 1 de la RBPP en janvier 2024 (volet socle), la HAS publie un deuxième volet consacré à l’accompagnement de la personne dans l’élaboration de son projet d’habitat.</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750698/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-2-accompagner-la-personne-dans-l-elaboration-de-son-projet-d-habitat</t>
+  </si>
+  <si>
+    <t>p_3750698</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
     <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
   </si>
   <si>
     <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>05/09/2025 14:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
   </si>
   <si>
     <t>p_3643610</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
@@ -8354,68 +8432,149 @@
   <si>
     <t>26/01/2005 12:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240543/fr/la-haute-autorite-de-sante-principes-fondateurs-role-missions-et-organisation-dossier-de-presse</t>
   </si>
   <si>
     <t>c_240543</t>
   </si>
   <si>
     <t>Élaboration d’un document d’information à l’intention des patients et des usagers du système de santé</t>
   </si>
   <si>
     <t>14/03/2005 12:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240670/fr/elaboration-d-un-document-d-information-a-l-intention-des-patients-et-des-usagers-du-systeme-de-sante</t>
   </si>
   <si>
     <t>c_240670</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate – Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque (efficacité, sécurité, qualité de vie du patient) de la curiethérapie à haut débit de dose (HDD) ou à bas débit de dose (BDD) utilisée en complément d’une radiothérapie externe (RTE) par rapport à l’utilisation de la RTE associée à une hormonothérapie, pour le traitement du cancer de la prostate localisé à risque intermédiaire défavorable et à risque élevé de récidive</t>
+  </si>
+  <si>
+    <t>20/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452771/fr/curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>p_3452771</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
     <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
   </si>
   <si>
     <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
   </si>
   <si>
     <t>16/10/2025 00:00:00</t>
   </si>
   <si>
     <t>21/10/2025 11:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué, pour la première fois, la possibilité de remboursement d’une technologie innovante en biologie médicale : le séquençage haut débit ciblé. Cette primo-évaluation couvre un champ particulièrement large, car de très nombreuses situations cliniques seront considérées. Face aux technologies émergentes comme le séquençage haut débit et très haut débit, il devient essentiel de concilier exigence scientifique et réactivité.</t>
+  </si>
+  <si>
+    <t>12/11/2025 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704400/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-maladies-rares-et-oncogenetique</t>
+  </si>
+  <si>
+    <t>p_3704400</t>
+  </si>
+  <si>
     <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
   </si>
   <si>
     <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
   </si>
   <si>
     <t>21/10/2025 17:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
   </si>
   <si>
     <t>p_3701474</t>
   </si>
   <si>
     <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
   </si>
   <si>
     <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
   </si>
   <si>
     <t>17/04/2025 00:00:00</t>
   </si>
   <si>
     <t>06/05/2025 15:05:00</t>
@@ -8537,74 +8696,56 @@
   <si>
     <t>p_3598864</t>
   </si>
   <si>
     <t>Réévaluation des modalités de prise en charge des dispositifs de PPC et des prestations associées dans le traitement du SAHOS - Note de cadrage</t>
   </si>
   <si>
     <t>Les objectifs principaux de ce travail sont d’actualiser les modalités de prise en charge des dispositifs à pression positive continue (PPC) et des prestations associées dans le traitement du syndrome d’apnées-hypopnées obstructives du sommeil (SAHOS) au regard des recommandations professionnelles existantes et des études cliniques disponibles en proposant, le cas échéant : une mise à jour des indications et/ou des conditions de prescription et d’utilisations des dispo-sitifs de PPC dans la prise en charge du SAHOS, ainsi que des prestations associées; une mise à jour des populations cibles ; la mise en place d’une nomenclature permettant de dissocier les dispositifs de PPC et les prestations qui leurs sont associées.</t>
   </si>
   <si>
     <t>17/03/2025 17:02:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3597587/fr/reevaluation-des-modalites-de-prise-en-charge-des-dispositifs-de-ppc-et-des-prestations-associees-dans-le-traitement-du-sahos-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3597587</t>
   </si>
   <si>
     <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
   </si>
   <si>
-    <t>13/02/2025 00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
   </si>
   <si>
     <t>p_3491330</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
-[...10 lines deleted...]
-  <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
   </si>
   <si>
     <t>16/01/2025 00:00:00</t>
   </si>
   <si>
     <t>23/01/2025 16:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
   </si>
   <si>
     <t>p_3585537</t>
   </si>
   <si>
     <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
   </si>
   <si>
     <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
   </si>
   <si>
     <t>16/12/2024 12:11:00</t>
@@ -10634,50 +10775,95 @@
   <si>
     <t>c_1647592</t>
   </si>
   <si>
     <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la maladie rare Mucoviscidose (ALD 18)</t>
   </si>
   <si>
     <t>La HAS a rendu 5 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Mucoviscidose (ALD 18) : * Vaccin de l'hépatite A * Dexchlorpheniramine injectable * Linezolide * Ondansetron * Sélénium</t>
   </si>
   <si>
     <t>24/06/2009 10:59:00</t>
   </si>
   <si>
     <t>10/07/2009 12:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_820067/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-mucoviscidose-ald-18</t>
   </si>
   <si>
     <t>c_820067</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
+    <t>Installation autonome de chirurgie esthétique</t>
+  </si>
+  <si>
+    <t>La certification des installations autonomes de chirurgie esthétique (IACE) s’inscrit dans le cadre général de la certification des établissements de santé (article L.6322-1 du Code de la santé publique). Il s’agit d’une évaluation du niveau de qualité et de sécurité des soins au regard d’un référentiel adapté aux spécificités importantes de la chirurgie esthétique.</t>
+  </si>
+  <si>
+    <t>02/09/2024 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531734/fr/installation-autonome-de-chirurgie-esthetique</t>
+  </si>
+  <si>
+    <t>p_3531734</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier : campagne nationale de recueil d'un indicateur de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure de l'indicateur de qualité et de sécurité des soins « Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier » (données hiver 2024/2025).</t>
+  </si>
+  <si>
+    <t>18/10/2022 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379643/fr/iqss-2025-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier-campagne-nationale-de-recueil-d-un-indicateur-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3379643</t>
+  </si>
+  <si>
     <t>Comprendre l’évaluation des dispositifs médicaux</t>
   </si>
   <si>
     <t>La CNEDIMTS donne un avis sur les demandes d'inscription, de renouvellement d'inscription, ainsi que sur la modification des conditions d'inscription : Sur la LPPR des DM à usage individuel, produits de santé autres que les médicaments, et prestations associées Des activités de télésurveillance sur la LATM. Elle donne également les avis pour toute demande de prise en charge dérogatoire des DM, y compris numériques dans le cadre de la PECT et de la PECAN.</t>
   </si>
   <si>
     <t>05/11/2012 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_928541/fr/comprendre-l-evaluation-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_928541</t>
   </si>
   <si>
     <t>Dispositifs médicaux : la prise en charge transitoire</t>
   </si>
   <si>
     <t>La HAS publie un guide sur le nouveau dispositif de prise en charge transitoire des produits de santé présumés innovants ayant une finalité thérapeutique ou de compensation du handicap. Ce dispositf permet le remboursement pour une durée d’un an avant que le dispositif entre dans le remboursement de droit commun.</t>
   </si>
   <si>
     <t>02/06/2021 10:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269665/fr/dispositifs-medicaux-la-prise-en-charge-transitoire</t>
@@ -10826,65 +11012,50 @@
   <si>
     <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
   </si>
   <si>
     <t>22/02/2019 16:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
   </si>
   <si>
     <t>c_930641</t>
   </si>
   <si>
     <t>Certifications des activités de présentation, d’information et de promotion</t>
   </si>
   <si>
     <t>Des interactions des representants de l'industrie visent à présenter les produits (médicaments, dispositifs médicaux, …) ou lesprestations et à en promouvoir l’usage auprès des professionnels qui les prescrivent, les dispensent , les utilisent ou les achètent. Elles s’apparentent à de la publicité. Ces activités doivent répondre à des exigences de qualité. Elles peuvent prendre la forme de rencontres en face à face (appelées « visite médicale » lorsquelles sont promotionnelles), mais aussi de contacts à distance (par téléphone ou visio-conférence), ou de réunions collectives se déroulant parfois dans des lieux autres que ceux d’exercice (congrès, formations …). Le représentant de l’industrie peut être visiteur-se médical-e, attaché-e scientifique, délégué-e hospitalier-ère, attaché-e médico-pharmaceutique, medical representative, technico-commercial-e, ou autre).</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1099663/fr/certifications-des-activites-de-presentation-d-information-et-de-promotion</t>
   </si>
   <si>
     <t>c_1099663</t>
   </si>
   <si>
-    <t>Accès précoce à un médicament</t>
-[...13 lines deleted...]
-  <si>
     <t>Programme « santé mentale et psychiatrie » de la HAS</t>
   </si>
   <si>
     <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
   </si>
   <si>
     <t>14/02/2025 14:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
   </si>
   <si>
     <t>c_1721760</t>
   </si>
   <si>
     <t>Projet stratégique de la HAS</t>
   </si>
   <si>
     <t>Cette stratégie quinquennale retranscrit les orientations que prend la HAS pour répondre de manière prioritaire à ces enjeux, afin de garantir son engagement au service de la santé de demain.</t>
   </si>
   <si>
     <t>04/02/2025 17:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3474510/fr/projet-strategique-de-la-has</t>
@@ -10926,65 +11097,50 @@
     <t>Exploitation du SNDS pour le suivi des patients recevant un médicament en accès précoce</t>
   </si>
   <si>
     <t>28/10/2024 16:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545664/fr/exploitation-du-snds-pour-le-suivi-des-patients-recevant-un-medicament-en-acces-precoce</t>
   </si>
   <si>
     <t>p_3545664</t>
   </si>
   <si>
     <t>Comité santé mentale et psychiatrie</t>
   </si>
   <si>
     <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
   </si>
   <si>
     <t>17/10/2024 11:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
   </si>
   <si>
     <t>p_3549127</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3531734</t>
   </si>
   <si>
     <t>Contribuer à l'évaluation des médicaments en vue de leur remboursement ou d'une autorisation d'accès précoce</t>
   </si>
   <si>
     <t>La HAS propose aux associations et groupes de patients et d'usagers de contribuer aux évaluations des médicaments, aussi bien dans le cadre des avis rendus en vue du remboursement que des décisions d'autorisation d'accès précoce. La HAS souhaite ainsi recueillir des faits, informations et résumés d’expériences donnant une vue concise et précise du point de vue des patients ou des aidants. Elle attend des contributions collectives qui reflètent les différentes situations et perceptions des personnes concernées. Retrouvez la liste des médicaments ouverts à contribution (accès précoce ou accès au remboursement) ou en cours d'instruction.</t>
   </si>
   <si>
     <t>07/05/2024 09:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3114053/fr/contribuer-a-l-evaluation-des-medicaments-en-vue-de-leur-remboursement-ou-d-une-autorisation-d-acces-precoce</t>
   </si>
   <si>
     <t>p_3114053</t>
   </si>
   <si>
     <t>Modalités de dépôt d'un protocole d'étude post inscription (CNEDiMTS)</t>
   </si>
   <si>
     <t>La présente notice vise à décrire les modalités de dépôt des protocoles réalisés par les entreprises afin de répondre à ces demandes.</t>
   </si>
   <si>
     <t>22/11/2013 10:47:00</t>
   </si>
@@ -12161,5616 +12317,5746 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B2" t="s">
-        <v>2710</v>
+        <v>2736</v>
       </c>
       <c r="C2" t="s">
-        <v>2711</v>
+        <v>2737</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2712</v>
+        <v>2738</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2713</v>
+        <v>2739</v>
       </c>
       <c r="H2" t="s">
-        <v>2714</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B3" t="s">
-        <v>2715</v>
+        <v>2741</v>
       </c>
       <c r="C3" t="s">
-        <v>2716</v>
+        <v>2742</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2717</v>
+        <v>2743</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2718</v>
+        <v>2744</v>
       </c>
       <c r="H3" t="s">
-        <v>2719</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B4" t="s">
-        <v>2720</v>
+        <v>2746</v>
       </c>
       <c r="C4" t="s">
-        <v>2721</v>
+        <v>2747</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2722</v>
+        <v>2748</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2723</v>
+        <v>2749</v>
       </c>
       <c r="H4" t="s">
-        <v>2724</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B5" t="s">
-        <v>2725</v>
+        <v>2751</v>
       </c>
       <c r="C5" t="s">
-        <v>2726</v>
+        <v>2752</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2727</v>
+        <v>2753</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2728</v>
+        <v>2754</v>
       </c>
       <c r="H5" t="s">
-        <v>2729</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B6" t="s">
-        <v>2730</v>
+        <v>2756</v>
       </c>
       <c r="C6" t="s">
-        <v>2731</v>
+        <v>2757</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2732</v>
+        <v>2758</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2733</v>
+        <v>2759</v>
       </c>
       <c r="H6" t="s">
-        <v>2734</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B7" t="s">
-        <v>2735</v>
+        <v>2761</v>
       </c>
       <c r="C7" t="s">
-        <v>2736</v>
+        <v>2762</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2737</v>
+        <v>2763</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2738</v>
+        <v>2764</v>
       </c>
       <c r="H7" t="s">
-        <v>2739</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B8" t="s">
-        <v>2740</v>
+        <v>2766</v>
       </c>
       <c r="C8" t="s">
-        <v>2741</v>
+        <v>2767</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2742</v>
+        <v>2768</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2743</v>
+        <v>2769</v>
       </c>
       <c r="H8" t="s">
-        <v>2744</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B9" t="s">
-        <v>2745</v>
+        <v>2771</v>
       </c>
       <c r="C9" t="s">
-        <v>2746</v>
+        <v>2772</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2747</v>
+        <v>2773</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2748</v>
+        <v>2774</v>
       </c>
       <c r="H9" t="s">
-        <v>2749</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B10" t="s">
-        <v>2750</v>
+        <v>2776</v>
       </c>
       <c r="C10" t="s">
-        <v>2751</v>
+        <v>2777</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2752</v>
+        <v>2778</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2753</v>
+        <v>2779</v>
       </c>
       <c r="H10" t="s">
-        <v>2754</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B11" t="s">
-        <v>2755</v>
+        <v>2781</v>
       </c>
       <c r="C11" t="s">
-        <v>2756</v>
+        <v>2782</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2757</v>
+        <v>2783</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2758</v>
+        <v>2784</v>
       </c>
       <c r="H11" t="s">
-        <v>2759</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B12" t="s">
-        <v>2760</v>
+        <v>2786</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2761</v>
+        <v>2787</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2762</v>
+        <v>2788</v>
       </c>
       <c r="H12" t="s">
-        <v>2763</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2709</v>
+        <v>2735</v>
       </c>
       <c r="B13" t="s">
-        <v>2764</v>
+        <v>2790</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2765</v>
+        <v>2791</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2766</v>
+        <v>2792</v>
       </c>
       <c r="H13" t="s">
-        <v>2767</v>
+        <v>2793</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H127"/>
+  <dimension ref="A1:H131"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B2" t="s">
-        <v>2769</v>
+        <v>2795</v>
       </c>
       <c r="C2" t="s">
-        <v>2770</v>
+        <v>2796</v>
       </c>
       <c r="D2" t="s">
-        <v>2771</v>
+        <v>2797</v>
       </c>
       <c r="E2" t="s">
-        <v>2772</v>
+        <v>2798</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2773</v>
+        <v>2799</v>
       </c>
       <c r="H2" t="s">
-        <v>2774</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B3" t="s">
-        <v>2775</v>
+        <v>2801</v>
       </c>
       <c r="C3" t="s">
-        <v>2776</v>
+        <v>2802</v>
       </c>
       <c r="D3" t="s">
-        <v>2771</v>
+        <v>2803</v>
       </c>
       <c r="E3" t="s">
-        <v>2777</v>
+        <v>2804</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2778</v>
+        <v>2805</v>
       </c>
       <c r="H3" t="s">
-        <v>2779</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B4" t="s">
-        <v>2780</v>
+        <v>2807</v>
       </c>
       <c r="C4" t="s">
-        <v>2781</v>
+        <v>2808</v>
       </c>
       <c r="D4" t="s">
-        <v>2782</v>
+        <v>2809</v>
       </c>
       <c r="E4" t="s">
-        <v>2783</v>
+        <v>2810</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2784</v>
+        <v>2811</v>
       </c>
       <c r="H4" t="s">
-        <v>2785</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B5" t="s">
-        <v>2786</v>
+        <v>2813</v>
       </c>
       <c r="C5" t="s">
-        <v>2787</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>2150</v>
+        <v>2809</v>
       </c>
       <c r="E5" t="s">
-        <v>2788</v>
+        <v>2814</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2789</v>
+        <v>2815</v>
       </c>
       <c r="H5" t="s">
-        <v>2790</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B6" t="s">
-        <v>2791</v>
+        <v>2817</v>
       </c>
       <c r="C6" t="s">
-        <v>2792</v>
+        <v>2818</v>
       </c>
       <c r="D6" t="s">
-        <v>2150</v>
+        <v>2819</v>
       </c>
       <c r="E6" t="s">
-        <v>2793</v>
+        <v>2820</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2794</v>
+        <v>2821</v>
       </c>
       <c r="H6" t="s">
-        <v>2795</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B7" t="s">
-        <v>2796</v>
+        <v>2823</v>
       </c>
       <c r="C7" t="s">
-        <v>2797</v>
+        <v>2824</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>167</v>
       </c>
       <c r="E7" t="s">
-        <v>2798</v>
+        <v>2825</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2799</v>
+        <v>2826</v>
       </c>
       <c r="H7" t="s">
-        <v>2800</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B8" t="s">
-        <v>2801</v>
+        <v>2828</v>
       </c>
       <c r="C8" t="s">
-        <v>2802</v>
+        <v>2829</v>
       </c>
       <c r="D8" t="s">
-        <v>2803</v>
+        <v>2819</v>
       </c>
       <c r="E8" t="s">
-        <v>2804</v>
+        <v>2830</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2805</v>
+        <v>2831</v>
       </c>
       <c r="H8" t="s">
-        <v>2806</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B9" t="s">
-        <v>2807</v>
+        <v>2833</v>
       </c>
       <c r="C9" t="s">
-        <v>2808</v>
+        <v>2834</v>
       </c>
       <c r="D9" t="s">
-        <v>2161</v>
+        <v>2835</v>
       </c>
       <c r="E9" t="s">
-        <v>2809</v>
+        <v>2836</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2810</v>
+        <v>2837</v>
       </c>
       <c r="H9" t="s">
-        <v>2811</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B10" t="s">
-        <v>2812</v>
+        <v>2839</v>
       </c>
       <c r="C10" t="s">
-        <v>2813</v>
+        <v>2840</v>
       </c>
       <c r="D10" t="s">
-        <v>192</v>
+        <v>2145</v>
       </c>
       <c r="E10" t="s">
-        <v>2814</v>
+        <v>2841</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2815</v>
+        <v>2842</v>
       </c>
       <c r="H10" t="s">
-        <v>2816</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B11" t="s">
-        <v>2817</v>
+        <v>2844</v>
       </c>
       <c r="C11" t="s">
-        <v>2818</v>
+        <v>2845</v>
       </c>
       <c r="D11" t="s">
-        <v>2819</v>
+        <v>2145</v>
       </c>
       <c r="E11" t="s">
-        <v>2820</v>
+        <v>2846</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2821</v>
+        <v>2847</v>
       </c>
       <c r="H11" t="s">
-        <v>2822</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B12" t="s">
-        <v>2823</v>
+        <v>2849</v>
       </c>
       <c r="C12" t="s">
-        <v>2824</v>
+        <v>2850</v>
       </c>
       <c r="D12" t="s">
-        <v>233</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2825</v>
+        <v>2851</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2826</v>
+        <v>2852</v>
       </c>
       <c r="H12" t="s">
-        <v>2827</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B13" t="s">
-        <v>2828</v>
+        <v>2854</v>
       </c>
       <c r="C13" t="s">
-        <v>2829</v>
+        <v>2855</v>
       </c>
       <c r="D13" t="s">
-        <v>2830</v>
+        <v>2856</v>
       </c>
       <c r="E13" t="s">
-        <v>2831</v>
+        <v>2857</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2832</v>
+        <v>2858</v>
       </c>
       <c r="H13" t="s">
-        <v>2833</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B14" t="s">
-        <v>2834</v>
+        <v>2860</v>
       </c>
       <c r="C14" t="s">
-        <v>2835</v>
+        <v>2861</v>
       </c>
       <c r="D14" t="s">
-        <v>2830</v>
+        <v>2156</v>
       </c>
       <c r="E14" t="s">
-        <v>2831</v>
+        <v>2862</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2836</v>
+        <v>2863</v>
       </c>
       <c r="H14" t="s">
-        <v>2837</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B15" t="s">
-        <v>2838</v>
+        <v>2865</v>
       </c>
       <c r="C15" t="s">
-        <v>2839</v>
+        <v>2866</v>
       </c>
       <c r="D15" t="s">
-        <v>2840</v>
+        <v>200</v>
       </c>
       <c r="E15" t="s">
-        <v>2841</v>
+        <v>2867</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2842</v>
+        <v>2868</v>
       </c>
       <c r="H15" t="s">
-        <v>2843</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B16" t="s">
-        <v>2844</v>
+        <v>2870</v>
       </c>
       <c r="C16" t="s">
-        <v>2845</v>
+        <v>2871</v>
       </c>
       <c r="D16" t="s">
-        <v>2284</v>
+        <v>2872</v>
       </c>
       <c r="E16" t="s">
-        <v>2846</v>
+        <v>2873</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2847</v>
+        <v>2874</v>
       </c>
       <c r="H16" t="s">
-        <v>2848</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B17" t="s">
-        <v>2849</v>
+        <v>2876</v>
       </c>
       <c r="C17" t="s">
-        <v>2850</v>
+        <v>2877</v>
       </c>
       <c r="D17" t="s">
-        <v>2284</v>
+        <v>240</v>
       </c>
       <c r="E17" t="s">
-        <v>2851</v>
+        <v>2878</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2852</v>
+        <v>2879</v>
       </c>
       <c r="H17" t="s">
-        <v>2853</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B18" t="s">
-        <v>2854</v>
+        <v>2881</v>
       </c>
       <c r="C18" t="s">
-        <v>2855</v>
+        <v>2882</v>
       </c>
       <c r="D18" t="s">
-        <v>2507</v>
+        <v>2797</v>
       </c>
       <c r="E18" t="s">
-        <v>2856</v>
+        <v>2798</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2857</v>
+        <v>2883</v>
       </c>
       <c r="H18" t="s">
-        <v>2858</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B19" t="s">
-        <v>2859</v>
+        <v>2885</v>
       </c>
       <c r="C19" t="s">
-        <v>2860</v>
+        <v>2886</v>
       </c>
       <c r="D19" t="s">
-        <v>2861</v>
+        <v>2887</v>
       </c>
       <c r="E19" t="s">
-        <v>2862</v>
+        <v>2888</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2863</v>
+        <v>2889</v>
       </c>
       <c r="H19" t="s">
-        <v>2864</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B20" t="s">
-        <v>2865</v>
+        <v>2891</v>
       </c>
       <c r="C20" t="s">
-        <v>2866</v>
+        <v>2892</v>
       </c>
       <c r="D20" t="s">
-        <v>2867</v>
+        <v>2299</v>
       </c>
       <c r="E20" t="s">
-        <v>2868</v>
+        <v>2893</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2869</v>
+        <v>2894</v>
       </c>
       <c r="H20" t="s">
-        <v>2870</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B21" t="s">
-        <v>2871</v>
+        <v>2896</v>
       </c>
       <c r="C21" t="s">
-        <v>2872</v>
+        <v>2897</v>
       </c>
       <c r="D21" t="s">
-        <v>306</v>
+        <v>2299</v>
       </c>
       <c r="E21" t="s">
-        <v>2873</v>
+        <v>2898</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2874</v>
+        <v>2899</v>
       </c>
       <c r="H21" t="s">
-        <v>2875</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B22" t="s">
-        <v>2876</v>
+        <v>2901</v>
       </c>
       <c r="C22" t="s">
-        <v>2877</v>
+        <v>2902</v>
       </c>
       <c r="D22" t="s">
-        <v>2025</v>
+        <v>2533</v>
       </c>
       <c r="E22" t="s">
-        <v>2878</v>
+        <v>2903</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2879</v>
+        <v>2904</v>
       </c>
       <c r="H22" t="s">
-        <v>2880</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B23" t="s">
-        <v>2881</v>
+        <v>2906</v>
       </c>
       <c r="C23" t="s">
-        <v>2882</v>
+        <v>2907</v>
       </c>
       <c r="D23" t="s">
-        <v>348</v>
+        <v>2908</v>
       </c>
       <c r="E23" t="s">
-        <v>2883</v>
+        <v>2909</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2884</v>
+        <v>2910</v>
       </c>
       <c r="H23" t="s">
-        <v>2885</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B24" t="s">
-        <v>2886</v>
+        <v>2912</v>
       </c>
       <c r="C24" t="s">
-        <v>2887</v>
+        <v>2913</v>
       </c>
       <c r="D24" t="s">
-        <v>2888</v>
+        <v>2914</v>
       </c>
       <c r="E24" t="s">
-        <v>2026</v>
+        <v>2915</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2889</v>
+        <v>2916</v>
       </c>
       <c r="H24" t="s">
-        <v>2890</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B25" t="s">
-        <v>2891</v>
+        <v>2918</v>
       </c>
       <c r="C25" t="s">
-        <v>2892</v>
+        <v>2919</v>
       </c>
       <c r="D25" t="s">
-        <v>2888</v>
+        <v>312</v>
       </c>
       <c r="E25" t="s">
-        <v>2026</v>
+        <v>2920</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2893</v>
+        <v>2921</v>
       </c>
       <c r="H25" t="s">
-        <v>2894</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B26" t="s">
-        <v>2895</v>
+        <v>2923</v>
       </c>
       <c r="C26" t="s">
-        <v>2896</v>
+        <v>2924</v>
       </c>
       <c r="D26" t="s">
-        <v>2897</v>
+        <v>2034</v>
       </c>
       <c r="E26" t="s">
-        <v>2026</v>
+        <v>2925</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2898</v>
+        <v>2926</v>
       </c>
       <c r="H26" t="s">
-        <v>2899</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B27" t="s">
-        <v>2900</v>
+        <v>2928</v>
       </c>
       <c r="C27" t="s">
-        <v>2901</v>
+        <v>2929</v>
       </c>
       <c r="D27" t="s">
-        <v>2548</v>
+        <v>354</v>
       </c>
       <c r="E27" t="s">
-        <v>2902</v>
+        <v>2930</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2903</v>
+        <v>2931</v>
       </c>
       <c r="H27" t="s">
-        <v>2904</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B28" t="s">
-        <v>2905</v>
+        <v>2933</v>
       </c>
       <c r="C28" t="s">
-        <v>2906</v>
+        <v>2934</v>
       </c>
       <c r="D28" t="s">
-        <v>2907</v>
+        <v>2935</v>
       </c>
       <c r="E28" t="s">
-        <v>2908</v>
+        <v>2035</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2909</v>
+        <v>2936</v>
       </c>
       <c r="H28" t="s">
-        <v>2910</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B29" t="s">
-        <v>2911</v>
+        <v>2938</v>
       </c>
       <c r="C29" t="s">
-        <v>2912</v>
+        <v>2939</v>
       </c>
       <c r="D29" t="s">
-        <v>2560</v>
+        <v>2935</v>
       </c>
       <c r="E29" t="s">
-        <v>2913</v>
+        <v>2035</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2914</v>
+        <v>2940</v>
       </c>
       <c r="H29" t="s">
-        <v>2915</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B30" t="s">
-        <v>2916</v>
+        <v>2942</v>
       </c>
       <c r="C30" t="s">
-        <v>2917</v>
+        <v>2943</v>
       </c>
       <c r="D30" t="s">
-        <v>2918</v>
+        <v>2944</v>
       </c>
       <c r="E30" t="s">
-        <v>2919</v>
+        <v>2035</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2920</v>
+        <v>2945</v>
       </c>
       <c r="H30" t="s">
-        <v>2921</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B31" t="s">
-        <v>2922</v>
+        <v>2947</v>
       </c>
       <c r="C31" t="s">
-        <v>2923</v>
+        <v>2948</v>
       </c>
       <c r="D31" t="s">
-        <v>2924</v>
+        <v>2574</v>
       </c>
       <c r="E31" t="s">
-        <v>2925</v>
+        <v>2949</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2926</v>
+        <v>2950</v>
       </c>
       <c r="H31" t="s">
-        <v>2927</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B32" t="s">
-        <v>2928</v>
+        <v>2952</v>
       </c>
       <c r="C32" t="s">
-        <v>2929</v>
+        <v>2953</v>
       </c>
       <c r="D32" t="s">
-        <v>2930</v>
+        <v>2954</v>
       </c>
       <c r="E32" t="s">
-        <v>2931</v>
+        <v>2955</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2932</v>
+        <v>2956</v>
       </c>
       <c r="H32" t="s">
-        <v>2933</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B33" t="s">
-        <v>2934</v>
+        <v>2958</v>
       </c>
       <c r="C33" t="s">
-        <v>2935</v>
+        <v>2959</v>
       </c>
       <c r="D33" t="s">
-        <v>2936</v>
+        <v>2586</v>
       </c>
       <c r="E33" t="s">
-        <v>2937</v>
+        <v>2960</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2938</v>
+        <v>2961</v>
       </c>
       <c r="H33" t="s">
-        <v>2939</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B34" t="s">
-        <v>2940</v>
+        <v>2963</v>
       </c>
       <c r="C34" t="s">
-        <v>2941</v>
+        <v>2964</v>
       </c>
       <c r="D34" t="s">
-        <v>761</v>
+        <v>2965</v>
       </c>
       <c r="E34" t="s">
-        <v>2942</v>
+        <v>2966</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2943</v>
+        <v>2967</v>
       </c>
       <c r="H34" t="s">
-        <v>2944</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B35" t="s">
-        <v>2945</v>
+        <v>2969</v>
       </c>
       <c r="C35" t="s">
-        <v>2946</v>
+        <v>2970</v>
       </c>
       <c r="D35" t="s">
-        <v>2947</v>
+        <v>2971</v>
       </c>
       <c r="E35" t="s">
-        <v>2948</v>
+        <v>2972</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2949</v>
+        <v>2973</v>
       </c>
       <c r="H35" t="s">
-        <v>2950</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B36" t="s">
-        <v>2951</v>
+        <v>2975</v>
       </c>
       <c r="C36" t="s">
-        <v>2952</v>
+        <v>2976</v>
       </c>
       <c r="D36" t="s">
-        <v>2953</v>
+        <v>2977</v>
       </c>
       <c r="E36" t="s">
-        <v>2954</v>
+        <v>2978</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2955</v>
+        <v>2979</v>
       </c>
       <c r="H36" t="s">
-        <v>2956</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B37" t="s">
-        <v>2957</v>
+        <v>2981</v>
       </c>
       <c r="C37" t="s">
-        <v>2958</v>
+        <v>2982</v>
       </c>
       <c r="D37" t="s">
-        <v>2959</v>
+        <v>2983</v>
       </c>
       <c r="E37" t="s">
-        <v>2960</v>
+        <v>2984</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2961</v>
+        <v>2985</v>
       </c>
       <c r="H37" t="s">
-        <v>2962</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B38" t="s">
-        <v>2963</v>
+        <v>2987</v>
       </c>
       <c r="C38" t="s">
-        <v>2964</v>
+        <v>2988</v>
       </c>
       <c r="D38" t="s">
-        <v>2965</v>
+        <v>767</v>
       </c>
       <c r="E38" t="s">
-        <v>2966</v>
+        <v>2989</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2967</v>
+        <v>2990</v>
       </c>
       <c r="H38" t="s">
-        <v>2968</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B39" t="s">
-        <v>2969</v>
+        <v>2992</v>
       </c>
       <c r="C39" t="s">
-        <v>2970</v>
+        <v>2993</v>
       </c>
       <c r="D39" t="s">
-        <v>2971</v>
+        <v>2994</v>
       </c>
       <c r="E39" t="s">
-        <v>2972</v>
+        <v>2995</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2973</v>
+        <v>2996</v>
       </c>
       <c r="H39" t="s">
-        <v>2974</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B40" t="s">
-        <v>2975</v>
+        <v>2998</v>
       </c>
       <c r="C40" t="s">
-        <v>2976</v>
+        <v>2999</v>
       </c>
       <c r="D40" t="s">
-        <v>2977</v>
+        <v>3000</v>
       </c>
       <c r="E40" t="s">
-        <v>2978</v>
+        <v>3001</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2979</v>
+        <v>3002</v>
       </c>
       <c r="H40" t="s">
-        <v>2980</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B41" t="s">
-        <v>2981</v>
+        <v>3004</v>
       </c>
       <c r="C41" t="s">
-        <v>2982</v>
+        <v>3005</v>
       </c>
       <c r="D41" t="s">
-        <v>2983</v>
+        <v>3006</v>
       </c>
       <c r="E41" t="s">
-        <v>2984</v>
+        <v>3007</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2985</v>
+        <v>3008</v>
       </c>
       <c r="H41" t="s">
-        <v>2986</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B42" t="s">
-        <v>2987</v>
+        <v>3010</v>
       </c>
       <c r="C42" t="s">
-        <v>2988</v>
+        <v>3011</v>
       </c>
       <c r="D42" t="s">
-        <v>2989</v>
+        <v>3012</v>
       </c>
       <c r="E42" t="s">
-        <v>2990</v>
+        <v>3013</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2991</v>
+        <v>3014</v>
       </c>
       <c r="H42" t="s">
-        <v>2992</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B43" t="s">
-        <v>2993</v>
+        <v>3016</v>
       </c>
       <c r="C43" t="s">
-        <v>2994</v>
+        <v>3017</v>
       </c>
       <c r="D43" t="s">
-        <v>2995</v>
+        <v>3018</v>
       </c>
       <c r="E43" t="s">
-        <v>2996</v>
+        <v>3019</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2997</v>
+        <v>3020</v>
       </c>
       <c r="H43" t="s">
-        <v>2998</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B44" t="s">
-        <v>2999</v>
+        <v>3022</v>
       </c>
       <c r="C44" t="s">
-        <v>3000</v>
+        <v>3023</v>
       </c>
       <c r="D44" t="s">
-        <v>2971</v>
+        <v>3024</v>
       </c>
       <c r="E44" t="s">
-        <v>3001</v>
+        <v>3025</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>3002</v>
+        <v>3026</v>
       </c>
       <c r="H44" t="s">
-        <v>3003</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B45" t="s">
-        <v>3004</v>
+        <v>3028</v>
       </c>
       <c r="C45" t="s">
-        <v>3005</v>
+        <v>3029</v>
       </c>
       <c r="D45" t="s">
-        <v>3006</v>
+        <v>3030</v>
       </c>
       <c r="E45" t="s">
-        <v>3007</v>
+        <v>3031</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>3008</v>
+        <v>3032</v>
       </c>
       <c r="H45" t="s">
-        <v>3009</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B46" t="s">
-        <v>3010</v>
+        <v>3034</v>
       </c>
       <c r="C46" t="s">
-        <v>3011</v>
+        <v>3035</v>
       </c>
       <c r="D46" t="s">
-        <v>3012</v>
+        <v>3036</v>
       </c>
       <c r="E46" t="s">
-        <v>3013</v>
+        <v>3037</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>3014</v>
+        <v>3038</v>
       </c>
       <c r="H46" t="s">
-        <v>3015</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B47" t="s">
-        <v>3016</v>
+        <v>3040</v>
       </c>
       <c r="C47" t="s">
-        <v>3017</v>
+        <v>3041</v>
       </c>
       <c r="D47" t="s">
-        <v>3018</v>
+        <v>3042</v>
       </c>
       <c r="E47" t="s">
-        <v>3019</v>
+        <v>3043</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>3020</v>
+        <v>3044</v>
       </c>
       <c r="H47" t="s">
-        <v>3021</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B48" t="s">
-        <v>3022</v>
+        <v>3046</v>
       </c>
       <c r="C48" t="s">
-        <v>3023</v>
+        <v>3047</v>
       </c>
       <c r="D48" t="s">
-        <v>3024</v>
+        <v>3018</v>
       </c>
       <c r="E48" t="s">
-        <v>3025</v>
+        <v>3048</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>3026</v>
+        <v>3049</v>
       </c>
       <c r="H48" t="s">
-        <v>3027</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B49" t="s">
-        <v>3028</v>
+        <v>3051</v>
       </c>
       <c r="C49" t="s">
-        <v>3029</v>
+        <v>3052</v>
       </c>
       <c r="D49" t="s">
-        <v>2219</v>
+        <v>3053</v>
       </c>
       <c r="E49" t="s">
-        <v>3030</v>
+        <v>3054</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>3031</v>
+        <v>3055</v>
       </c>
       <c r="H49" t="s">
-        <v>3032</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B50" t="s">
-        <v>3033</v>
+        <v>3057</v>
       </c>
       <c r="C50" t="s">
-        <v>3034</v>
+        <v>3058</v>
       </c>
       <c r="D50" t="s">
-        <v>3035</v>
+        <v>3059</v>
       </c>
       <c r="E50" t="s">
-        <v>3036</v>
+        <v>3060</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>3037</v>
+        <v>3061</v>
       </c>
       <c r="H50" t="s">
-        <v>3038</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B51" t="s">
-        <v>3039</v>
+        <v>3063</v>
       </c>
       <c r="C51" t="s">
-        <v>3040</v>
+        <v>3064</v>
       </c>
       <c r="D51" t="s">
-        <v>3041</v>
+        <v>3065</v>
       </c>
       <c r="E51" t="s">
-        <v>3042</v>
+        <v>3066</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>3043</v>
+        <v>3067</v>
       </c>
       <c r="H51" t="s">
-        <v>3044</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B52" t="s">
-        <v>3045</v>
+        <v>3069</v>
       </c>
       <c r="C52" t="s">
-        <v>3046</v>
+        <v>3070</v>
       </c>
       <c r="D52" t="s">
-        <v>3047</v>
+        <v>3071</v>
       </c>
       <c r="E52" t="s">
-        <v>3048</v>
+        <v>3072</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>3049</v>
+        <v>3073</v>
       </c>
       <c r="H52" t="s">
-        <v>3050</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B53" t="s">
-        <v>3051</v>
+        <v>3075</v>
       </c>
       <c r="C53" t="s">
-        <v>3052</v>
+        <v>3076</v>
       </c>
       <c r="D53" t="s">
-        <v>3053</v>
+        <v>2214</v>
       </c>
       <c r="E53" t="s">
-        <v>3054</v>
+        <v>3077</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>3055</v>
+        <v>3078</v>
       </c>
       <c r="H53" t="s">
-        <v>3056</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B54" t="s">
-        <v>3057</v>
+        <v>3080</v>
       </c>
       <c r="C54" t="s">
-        <v>3058</v>
+        <v>3081</v>
       </c>
       <c r="D54" t="s">
-        <v>3053</v>
+        <v>3082</v>
       </c>
       <c r="E54" t="s">
-        <v>3054</v>
+        <v>3083</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>3059</v>
+        <v>3084</v>
       </c>
       <c r="H54" t="s">
-        <v>3060</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B55" t="s">
-        <v>3061</v>
+        <v>3086</v>
       </c>
       <c r="C55" t="s">
-        <v>3062</v>
+        <v>3087</v>
       </c>
       <c r="D55" t="s">
-        <v>3063</v>
+        <v>3088</v>
       </c>
       <c r="E55" t="s">
-        <v>3064</v>
+        <v>3089</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>3065</v>
+        <v>3090</v>
       </c>
       <c r="H55" t="s">
-        <v>3066</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B56" t="s">
-        <v>3067</v>
+        <v>3092</v>
       </c>
       <c r="C56" t="s">
-        <v>3068</v>
+        <v>3093</v>
       </c>
       <c r="D56" t="s">
-        <v>3069</v>
+        <v>3094</v>
       </c>
       <c r="E56" t="s">
-        <v>3070</v>
+        <v>3095</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>3071</v>
+        <v>3096</v>
       </c>
       <c r="H56" t="s">
-        <v>3072</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B57" t="s">
-        <v>3073</v>
+        <v>3098</v>
       </c>
       <c r="C57" t="s">
-        <v>3074</v>
+        <v>3099</v>
       </c>
       <c r="D57" t="s">
-        <v>3075</v>
+        <v>3100</v>
       </c>
       <c r="E57" t="s">
-        <v>3076</v>
+        <v>3101</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>3077</v>
+        <v>3102</v>
       </c>
       <c r="H57" t="s">
-        <v>3078</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B58" t="s">
-        <v>3079</v>
+        <v>3104</v>
       </c>
       <c r="C58" t="s">
-        <v>3080</v>
+        <v>3105</v>
       </c>
       <c r="D58" t="s">
-        <v>3081</v>
+        <v>3100</v>
       </c>
       <c r="E58" t="s">
-        <v>3082</v>
+        <v>3101</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>3083</v>
+        <v>3106</v>
       </c>
       <c r="H58" t="s">
-        <v>3084</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B59" t="s">
-        <v>3085</v>
+        <v>3108</v>
       </c>
       <c r="C59" t="s">
-        <v>3086</v>
+        <v>3109</v>
       </c>
       <c r="D59" t="s">
-        <v>3087</v>
+        <v>3110</v>
       </c>
       <c r="E59" t="s">
-        <v>3088</v>
+        <v>3111</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>3089</v>
+        <v>3112</v>
       </c>
       <c r="H59" t="s">
-        <v>3090</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B60" t="s">
-        <v>3091</v>
+        <v>3114</v>
       </c>
       <c r="C60" t="s">
-        <v>3092</v>
+        <v>3115</v>
       </c>
       <c r="D60" t="s">
-        <v>3093</v>
+        <v>3116</v>
       </c>
       <c r="E60" t="s">
-        <v>3094</v>
+        <v>3117</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>3095</v>
+        <v>3118</v>
       </c>
       <c r="H60" t="s">
-        <v>3096</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B61" t="s">
-        <v>3097</v>
+        <v>3120</v>
       </c>
       <c r="C61" t="s">
-        <v>3098</v>
+        <v>3121</v>
       </c>
       <c r="D61" t="s">
-        <v>3099</v>
+        <v>3122</v>
       </c>
       <c r="E61" t="s">
-        <v>3100</v>
+        <v>3123</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>3101</v>
+        <v>3124</v>
       </c>
       <c r="H61" t="s">
-        <v>3102</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B62" t="s">
-        <v>3103</v>
+        <v>3126</v>
       </c>
       <c r="C62" t="s">
-        <v>3104</v>
+        <v>3127</v>
       </c>
       <c r="D62" t="s">
-        <v>3105</v>
+        <v>3128</v>
       </c>
       <c r="E62" t="s">
-        <v>3106</v>
+        <v>3129</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>3107</v>
+        <v>3130</v>
       </c>
       <c r="H62" t="s">
-        <v>3108</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B63" t="s">
-        <v>3109</v>
+        <v>3132</v>
       </c>
       <c r="C63" t="s">
-        <v>3110</v>
+        <v>3133</v>
       </c>
       <c r="D63" t="s">
-        <v>3111</v>
+        <v>3134</v>
       </c>
       <c r="E63" t="s">
-        <v>3112</v>
+        <v>3135</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>3113</v>
+        <v>3136</v>
       </c>
       <c r="H63" t="s">
-        <v>3114</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B64" t="s">
-        <v>3115</v>
+        <v>3138</v>
       </c>
       <c r="C64" t="s">
-        <v>3116</v>
+        <v>3139</v>
       </c>
       <c r="D64" t="s">
-        <v>3117</v>
+        <v>3140</v>
       </c>
       <c r="E64" t="s">
-        <v>3118</v>
+        <v>3141</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>3119</v>
+        <v>3142</v>
       </c>
       <c r="H64" t="s">
-        <v>3120</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B65" t="s">
-        <v>3121</v>
+        <v>3144</v>
       </c>
       <c r="C65" t="s">
-        <v>3122</v>
+        <v>3145</v>
       </c>
       <c r="D65" t="s">
-        <v>3123</v>
+        <v>3146</v>
       </c>
       <c r="E65" t="s">
-        <v>3124</v>
+        <v>3147</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>3125</v>
+        <v>3148</v>
       </c>
       <c r="H65" t="s">
-        <v>3126</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B66" t="s">
-        <v>3127</v>
+        <v>3150</v>
       </c>
       <c r="C66" t="s">
-        <v>3128</v>
+        <v>3151</v>
       </c>
       <c r="D66" t="s">
-        <v>3129</v>
+        <v>3152</v>
       </c>
       <c r="E66" t="s">
-        <v>3130</v>
+        <v>3153</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>3131</v>
+        <v>3154</v>
       </c>
       <c r="H66" t="s">
-        <v>3132</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B67" t="s">
-        <v>3133</v>
+        <v>3156</v>
       </c>
       <c r="C67" t="s">
-        <v>3134</v>
+        <v>3157</v>
       </c>
       <c r="D67" t="s">
-        <v>3135</v>
+        <v>3158</v>
       </c>
       <c r="E67" t="s">
-        <v>3136</v>
+        <v>3159</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>3137</v>
+        <v>3160</v>
       </c>
       <c r="H67" t="s">
-        <v>3138</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B68" t="s">
-        <v>3139</v>
+        <v>3162</v>
       </c>
       <c r="C68" t="s">
-        <v>3140</v>
+        <v>3163</v>
       </c>
       <c r="D68" t="s">
-        <v>3141</v>
+        <v>3164</v>
       </c>
       <c r="E68" t="s">
-        <v>3142</v>
+        <v>3165</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>3143</v>
+        <v>3166</v>
       </c>
       <c r="H68" t="s">
-        <v>3144</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B69" t="s">
-        <v>3145</v>
+        <v>3168</v>
       </c>
       <c r="C69" t="s">
-        <v>3146</v>
+        <v>3169</v>
       </c>
       <c r="D69" t="s">
-        <v>3147</v>
+        <v>3170</v>
       </c>
       <c r="E69" t="s">
-        <v>3148</v>
+        <v>3171</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>3149</v>
+        <v>3172</v>
       </c>
       <c r="H69" t="s">
-        <v>3150</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B70" t="s">
-        <v>3151</v>
+        <v>3174</v>
       </c>
       <c r="C70" t="s">
-        <v>3152</v>
+        <v>3175</v>
       </c>
       <c r="D70" t="s">
-        <v>3153</v>
+        <v>3176</v>
       </c>
       <c r="E70" t="s">
-        <v>3154</v>
+        <v>3177</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>3155</v>
+        <v>3178</v>
       </c>
       <c r="H70" t="s">
-        <v>3156</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B71" t="s">
-        <v>3157</v>
+        <v>3180</v>
       </c>
       <c r="C71" t="s">
-        <v>3158</v>
+        <v>3181</v>
       </c>
       <c r="D71" t="s">
-        <v>3159</v>
+        <v>3182</v>
       </c>
       <c r="E71" t="s">
-        <v>3160</v>
+        <v>3183</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>3161</v>
+        <v>3184</v>
       </c>
       <c r="H71" t="s">
-        <v>3162</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B72" t="s">
-        <v>3163</v>
+        <v>3186</v>
       </c>
       <c r="C72" t="s">
-        <v>3164</v>
+        <v>3187</v>
       </c>
       <c r="D72" t="s">
-        <v>3165</v>
+        <v>3188</v>
       </c>
       <c r="E72" t="s">
-        <v>3166</v>
+        <v>3189</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>3167</v>
+        <v>3190</v>
       </c>
       <c r="H72" t="s">
-        <v>3168</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B73" t="s">
-        <v>3169</v>
+        <v>3192</v>
       </c>
       <c r="C73" t="s">
-        <v>3170</v>
+        <v>3193</v>
       </c>
       <c r="D73" t="s">
-        <v>3165</v>
+        <v>3194</v>
       </c>
       <c r="E73" t="s">
-        <v>3166</v>
+        <v>3195</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>3171</v>
+        <v>3196</v>
       </c>
       <c r="H73" t="s">
-        <v>3172</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B74" t="s">
-        <v>3173</v>
+        <v>3198</v>
       </c>
       <c r="C74" t="s">
-        <v>3174</v>
+        <v>3199</v>
       </c>
       <c r="D74" t="s">
-        <v>3175</v>
+        <v>3200</v>
       </c>
       <c r="E74" t="s">
-        <v>3176</v>
+        <v>3201</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>3177</v>
+        <v>3202</v>
       </c>
       <c r="H74" t="s">
-        <v>3178</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B75" t="s">
-        <v>3179</v>
+        <v>3204</v>
       </c>
       <c r="C75" t="s">
-        <v>3180</v>
+        <v>3205</v>
       </c>
       <c r="D75" t="s">
-        <v>3181</v>
+        <v>3206</v>
       </c>
       <c r="E75" t="s">
-        <v>3182</v>
+        <v>3207</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>3183</v>
+        <v>3208</v>
       </c>
       <c r="H75" t="s">
-        <v>3184</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B76" t="s">
-        <v>3185</v>
+        <v>3210</v>
       </c>
       <c r="C76" t="s">
-        <v>3186</v>
+        <v>3211</v>
       </c>
       <c r="D76" t="s">
-        <v>575</v>
+        <v>3212</v>
       </c>
       <c r="E76" t="s">
-        <v>3187</v>
+        <v>3213</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>3188</v>
+        <v>3214</v>
       </c>
       <c r="H76" t="s">
-        <v>3189</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B77" t="s">
-        <v>3190</v>
+        <v>3216</v>
       </c>
       <c r="C77" t="s">
-        <v>3191</v>
+        <v>3217</v>
       </c>
       <c r="D77" t="s">
-        <v>3192</v>
+        <v>3212</v>
       </c>
       <c r="E77" t="s">
-        <v>3193</v>
+        <v>3213</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>3194</v>
+        <v>3218</v>
       </c>
       <c r="H77" t="s">
-        <v>3195</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B78" t="s">
-        <v>3196</v>
+        <v>3220</v>
       </c>
       <c r="C78" t="s">
-        <v>3197</v>
+        <v>3221</v>
       </c>
       <c r="D78" t="s">
-        <v>3198</v>
+        <v>3222</v>
       </c>
       <c r="E78" t="s">
-        <v>3199</v>
+        <v>3223</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>3200</v>
+        <v>3224</v>
       </c>
       <c r="H78" t="s">
-        <v>3201</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B79" t="s">
-        <v>3202</v>
+        <v>3226</v>
       </c>
       <c r="C79" t="s">
-        <v>3203</v>
+        <v>3227</v>
       </c>
       <c r="D79" t="s">
-        <v>3204</v>
+        <v>3228</v>
       </c>
       <c r="E79" t="s">
-        <v>3205</v>
+        <v>3229</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>3206</v>
+        <v>3230</v>
       </c>
       <c r="H79" t="s">
-        <v>3207</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B80" t="s">
-        <v>3208</v>
+        <v>3232</v>
       </c>
       <c r="C80" t="s">
-        <v>3209</v>
+        <v>3233</v>
       </c>
       <c r="D80" t="s">
-        <v>3210</v>
+        <v>581</v>
       </c>
       <c r="E80" t="s">
-        <v>3211</v>
+        <v>3234</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>3212</v>
+        <v>3235</v>
       </c>
       <c r="H80" t="s">
-        <v>3213</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B81" t="s">
-        <v>3214</v>
+        <v>3237</v>
       </c>
       <c r="C81" t="s">
-        <v>3215</v>
+        <v>3238</v>
       </c>
       <c r="D81" t="s">
-        <v>3216</v>
+        <v>3239</v>
       </c>
       <c r="E81" t="s">
-        <v>3217</v>
+        <v>3240</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>3218</v>
+        <v>3241</v>
       </c>
       <c r="H81" t="s">
-        <v>3219</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B82" t="s">
-        <v>3220</v>
+        <v>3243</v>
       </c>
       <c r="C82" t="s">
-        <v>3221</v>
+        <v>3244</v>
       </c>
       <c r="D82" t="s">
-        <v>3222</v>
+        <v>3245</v>
       </c>
       <c r="E82" t="s">
-        <v>3223</v>
+        <v>3246</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>3224</v>
+        <v>3247</v>
       </c>
       <c r="H82" t="s">
-        <v>3225</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B83" t="s">
-        <v>3226</v>
+        <v>3249</v>
       </c>
       <c r="C83" t="s">
-        <v>3227</v>
+        <v>3250</v>
       </c>
       <c r="D83" t="s">
-        <v>3228</v>
+        <v>3251</v>
       </c>
       <c r="E83" t="s">
-        <v>3229</v>
+        <v>3252</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>3230</v>
+        <v>3253</v>
       </c>
       <c r="H83" t="s">
-        <v>3231</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B84" t="s">
-        <v>3232</v>
+        <v>3255</v>
       </c>
       <c r="C84" t="s">
-        <v>3233</v>
+        <v>3256</v>
       </c>
       <c r="D84" t="s">
-        <v>3234</v>
+        <v>3257</v>
       </c>
       <c r="E84" t="s">
-        <v>3235</v>
+        <v>3258</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>3236</v>
+        <v>3259</v>
       </c>
       <c r="H84" t="s">
-        <v>3237</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B85" t="s">
-        <v>3238</v>
+        <v>3261</v>
       </c>
       <c r="C85" t="s">
-        <v>3239</v>
+        <v>3262</v>
       </c>
       <c r="D85" t="s">
-        <v>3222</v>
+        <v>3263</v>
       </c>
       <c r="E85" t="s">
-        <v>3240</v>
+        <v>3264</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>3241</v>
+        <v>3265</v>
       </c>
       <c r="H85" t="s">
-        <v>3242</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B86" t="s">
-        <v>3243</v>
+        <v>3267</v>
       </c>
       <c r="C86" t="s">
-        <v>3244</v>
+        <v>3268</v>
       </c>
       <c r="D86" t="s">
-        <v>3245</v>
+        <v>3269</v>
       </c>
       <c r="E86" t="s">
-        <v>3246</v>
+        <v>3270</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>3247</v>
+        <v>3271</v>
       </c>
       <c r="H86" t="s">
-        <v>3248</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B87" t="s">
-        <v>3249</v>
+        <v>3273</v>
       </c>
       <c r="C87" t="s">
-        <v>3250</v>
+        <v>3274</v>
       </c>
       <c r="D87" t="s">
-        <v>3251</v>
+        <v>3275</v>
       </c>
       <c r="E87" t="s">
-        <v>3252</v>
+        <v>3276</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>3253</v>
+        <v>3277</v>
       </c>
       <c r="H87" t="s">
-        <v>3254</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B88" t="s">
-        <v>3255</v>
+        <v>3279</v>
       </c>
       <c r="C88" t="s">
-        <v>13</v>
+        <v>3280</v>
       </c>
       <c r="D88" t="s">
-        <v>13</v>
+        <v>3281</v>
       </c>
       <c r="E88" t="s">
-        <v>3256</v>
+        <v>3282</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>3257</v>
+        <v>3283</v>
       </c>
       <c r="H88" t="s">
-        <v>3258</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B89" t="s">
-        <v>3259</v>
+        <v>3285</v>
       </c>
       <c r="C89" t="s">
-        <v>3260</v>
+        <v>3286</v>
       </c>
       <c r="D89" t="s">
-        <v>3261</v>
+        <v>3269</v>
       </c>
       <c r="E89" t="s">
-        <v>3262</v>
+        <v>3287</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>3263</v>
+        <v>3288</v>
       </c>
       <c r="H89" t="s">
-        <v>3264</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B90" t="s">
-        <v>3265</v>
+        <v>3290</v>
       </c>
       <c r="C90" t="s">
-        <v>3266</v>
+        <v>3291</v>
       </c>
       <c r="D90" t="s">
-        <v>3267</v>
+        <v>3292</v>
       </c>
       <c r="E90" t="s">
-        <v>3268</v>
+        <v>3293</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>3269</v>
+        <v>3294</v>
       </c>
       <c r="H90" t="s">
-        <v>3270</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B91" t="s">
-        <v>3271</v>
+        <v>3296</v>
       </c>
       <c r="C91" t="s">
-        <v>3272</v>
+        <v>3297</v>
       </c>
       <c r="D91" t="s">
-        <v>3273</v>
+        <v>3298</v>
       </c>
       <c r="E91" t="s">
-        <v>3274</v>
+        <v>3299</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>3275</v>
+        <v>3300</v>
       </c>
       <c r="H91" t="s">
-        <v>3276</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B92" t="s">
-        <v>3277</v>
+        <v>3302</v>
       </c>
       <c r="C92" t="s">
-        <v>3278</v>
+        <v>13</v>
       </c>
       <c r="D92" t="s">
-        <v>3279</v>
+        <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>3280</v>
+        <v>3303</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>3281</v>
+        <v>3304</v>
       </c>
       <c r="H92" t="s">
-        <v>3282</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B93" t="s">
-        <v>3283</v>
+        <v>3306</v>
       </c>
       <c r="C93" t="s">
-        <v>3284</v>
+        <v>3307</v>
       </c>
       <c r="D93" t="s">
-        <v>3285</v>
+        <v>3308</v>
       </c>
       <c r="E93" t="s">
-        <v>3286</v>
+        <v>3309</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>3287</v>
+        <v>3310</v>
       </c>
       <c r="H93" t="s">
-        <v>3288</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B94" t="s">
-        <v>3289</v>
+        <v>3312</v>
       </c>
       <c r="C94" t="s">
-        <v>3290</v>
+        <v>3313</v>
       </c>
       <c r="D94" t="s">
-        <v>117</v>
+        <v>3314</v>
       </c>
       <c r="E94" t="s">
-        <v>3291</v>
+        <v>3315</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>3292</v>
+        <v>3316</v>
       </c>
       <c r="H94" t="s">
-        <v>3293</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B95" t="s">
-        <v>3294</v>
+        <v>3318</v>
       </c>
       <c r="C95" t="s">
-        <v>3295</v>
+        <v>3319</v>
       </c>
       <c r="D95" t="s">
-        <v>3296</v>
+        <v>3320</v>
       </c>
       <c r="E95" t="s">
-        <v>3297</v>
+        <v>3321</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>3298</v>
+        <v>3322</v>
       </c>
       <c r="H95" t="s">
-        <v>3299</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B96" t="s">
-        <v>3300</v>
+        <v>3324</v>
       </c>
       <c r="C96" t="s">
-        <v>3301</v>
+        <v>3325</v>
       </c>
       <c r="D96" t="s">
-        <v>3302</v>
+        <v>3326</v>
       </c>
       <c r="E96" t="s">
-        <v>3303</v>
+        <v>3327</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>3304</v>
+        <v>3328</v>
       </c>
       <c r="H96" t="s">
-        <v>3305</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B97" t="s">
-        <v>3306</v>
+        <v>3330</v>
       </c>
       <c r="C97" t="s">
-        <v>3307</v>
+        <v>3331</v>
       </c>
       <c r="D97" t="s">
-        <v>3308</v>
+        <v>3332</v>
       </c>
       <c r="E97" t="s">
-        <v>3309</v>
+        <v>3333</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>3310</v>
+        <v>3334</v>
       </c>
       <c r="H97" t="s">
-        <v>3311</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B98" t="s">
-        <v>3312</v>
+        <v>3336</v>
       </c>
       <c r="C98" t="s">
-        <v>3313</v>
+        <v>3337</v>
       </c>
       <c r="D98" t="s">
-        <v>3314</v>
+        <v>117</v>
       </c>
       <c r="E98" t="s">
-        <v>3315</v>
+        <v>3338</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>3316</v>
+        <v>3339</v>
       </c>
       <c r="H98" t="s">
-        <v>3317</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B99" t="s">
-        <v>3318</v>
+        <v>3341</v>
       </c>
       <c r="C99" t="s">
-        <v>3319</v>
+        <v>3342</v>
       </c>
       <c r="D99" t="s">
-        <v>582</v>
+        <v>3343</v>
       </c>
       <c r="E99" t="s">
-        <v>3320</v>
+        <v>3344</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>3321</v>
+        <v>3345</v>
       </c>
       <c r="H99" t="s">
-        <v>3322</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B100" t="s">
-        <v>3323</v>
+        <v>3347</v>
       </c>
       <c r="C100" t="s">
-        <v>3324</v>
+        <v>3348</v>
       </c>
       <c r="D100" t="s">
-        <v>3325</v>
+        <v>3349</v>
       </c>
       <c r="E100" t="s">
-        <v>3326</v>
+        <v>3350</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>3327</v>
+        <v>3351</v>
       </c>
       <c r="H100" t="s">
-        <v>3328</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B101" t="s">
-        <v>3329</v>
+        <v>3353</v>
       </c>
       <c r="C101" t="s">
-        <v>3330</v>
+        <v>3354</v>
       </c>
       <c r="D101" t="s">
-        <v>141</v>
+        <v>3355</v>
       </c>
       <c r="E101" t="s">
-        <v>3331</v>
+        <v>3356</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>3332</v>
+        <v>3357</v>
       </c>
       <c r="H101" t="s">
-        <v>3333</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B102" t="s">
-        <v>3334</v>
+        <v>3359</v>
       </c>
       <c r="C102" t="s">
-        <v>3335</v>
+        <v>3360</v>
       </c>
       <c r="D102" t="s">
-        <v>3336</v>
+        <v>3361</v>
       </c>
       <c r="E102" t="s">
-        <v>3337</v>
+        <v>3362</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>3338</v>
+        <v>3363</v>
       </c>
       <c r="H102" t="s">
-        <v>3339</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B103" t="s">
-        <v>3340</v>
+        <v>3365</v>
       </c>
       <c r="C103" t="s">
-        <v>3341</v>
+        <v>3366</v>
       </c>
       <c r="D103" t="s">
-        <v>3342</v>
+        <v>588</v>
       </c>
       <c r="E103" t="s">
-        <v>3343</v>
+        <v>3367</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>3344</v>
+        <v>3368</v>
       </c>
       <c r="H103" t="s">
-        <v>3345</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B104" t="s">
-        <v>3346</v>
+        <v>3370</v>
       </c>
       <c r="C104" t="s">
-        <v>3347</v>
+        <v>3371</v>
       </c>
       <c r="D104" t="s">
-        <v>3348</v>
+        <v>3372</v>
       </c>
       <c r="E104" t="s">
-        <v>3349</v>
+        <v>3373</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>3350</v>
+        <v>3374</v>
       </c>
       <c r="H104" t="s">
-        <v>3351</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B105" t="s">
-        <v>3352</v>
+        <v>3376</v>
       </c>
       <c r="C105" t="s">
-        <v>3353</v>
+        <v>3377</v>
       </c>
       <c r="D105" t="s">
-        <v>3354</v>
+        <v>141</v>
       </c>
       <c r="E105" t="s">
-        <v>3355</v>
+        <v>3378</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>3356</v>
+        <v>3379</v>
       </c>
       <c r="H105" t="s">
-        <v>3357</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B106" t="s">
-        <v>3358</v>
+        <v>3381</v>
       </c>
       <c r="C106" t="s">
-        <v>3359</v>
+        <v>3382</v>
       </c>
       <c r="D106" t="s">
-        <v>3360</v>
+        <v>3383</v>
       </c>
       <c r="E106" t="s">
-        <v>3361</v>
+        <v>3384</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>3362</v>
+        <v>3385</v>
       </c>
       <c r="H106" t="s">
-        <v>3363</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B107" t="s">
-        <v>3364</v>
+        <v>3387</v>
       </c>
       <c r="C107" t="s">
-        <v>3365</v>
+        <v>3388</v>
       </c>
       <c r="D107" t="s">
-        <v>3366</v>
+        <v>3389</v>
       </c>
       <c r="E107" t="s">
-        <v>3367</v>
+        <v>3390</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>3368</v>
+        <v>3391</v>
       </c>
       <c r="H107" t="s">
-        <v>3369</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B108" t="s">
-        <v>3370</v>
+        <v>3393</v>
       </c>
       <c r="C108" t="s">
-        <v>3371</v>
+        <v>3394</v>
       </c>
       <c r="D108" t="s">
-        <v>3372</v>
+        <v>3395</v>
       </c>
       <c r="E108" t="s">
-        <v>3373</v>
+        <v>3396</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>3374</v>
+        <v>3397</v>
       </c>
       <c r="H108" t="s">
-        <v>3375</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B109" t="s">
-        <v>3376</v>
+        <v>3399</v>
       </c>
       <c r="C109" t="s">
-        <v>3377</v>
+        <v>3400</v>
       </c>
       <c r="D109" t="s">
-        <v>3378</v>
+        <v>3401</v>
       </c>
       <c r="E109" t="s">
-        <v>3379</v>
+        <v>3402</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>3380</v>
+        <v>3403</v>
       </c>
       <c r="H109" t="s">
-        <v>3381</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B110" t="s">
-        <v>3382</v>
+        <v>3405</v>
       </c>
       <c r="C110" t="s">
-        <v>3383</v>
+        <v>3406</v>
       </c>
       <c r="D110" t="s">
-        <v>3384</v>
+        <v>3407</v>
       </c>
       <c r="E110" t="s">
-        <v>3385</v>
+        <v>3408</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>3386</v>
+        <v>3409</v>
       </c>
       <c r="H110" t="s">
-        <v>3387</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B111" t="s">
-        <v>3388</v>
+        <v>3411</v>
       </c>
       <c r="C111" t="s">
-        <v>3389</v>
+        <v>3412</v>
       </c>
       <c r="D111" t="s">
-        <v>636</v>
+        <v>3413</v>
       </c>
       <c r="E111" t="s">
-        <v>3390</v>
+        <v>3414</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>3391</v>
+        <v>3415</v>
       </c>
       <c r="H111" t="s">
-        <v>3392</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B112" t="s">
-        <v>3393</v>
+        <v>3417</v>
       </c>
       <c r="C112" t="s">
-        <v>3394</v>
+        <v>3418</v>
       </c>
       <c r="D112" t="s">
-        <v>3395</v>
+        <v>3419</v>
       </c>
       <c r="E112" t="s">
-        <v>3396</v>
+        <v>3420</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>3397</v>
+        <v>3421</v>
       </c>
       <c r="H112" t="s">
-        <v>3398</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B113" t="s">
-        <v>3399</v>
+        <v>3423</v>
       </c>
       <c r="C113" t="s">
-        <v>3400</v>
+        <v>3424</v>
       </c>
       <c r="D113" t="s">
-        <v>3401</v>
+        <v>3425</v>
       </c>
       <c r="E113" t="s">
-        <v>3402</v>
+        <v>3426</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>3403</v>
+        <v>3427</v>
       </c>
       <c r="H113" t="s">
-        <v>3404</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B114" t="s">
-        <v>3405</v>
+        <v>3429</v>
       </c>
       <c r="C114" t="s">
-        <v>3406</v>
+        <v>3430</v>
       </c>
       <c r="D114" t="s">
-        <v>3407</v>
+        <v>3431</v>
       </c>
       <c r="E114" t="s">
-        <v>3408</v>
+        <v>3432</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>3409</v>
+        <v>3433</v>
       </c>
       <c r="H114" t="s">
-        <v>3410</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B115" t="s">
-        <v>3411</v>
+        <v>3435</v>
       </c>
       <c r="C115" t="s">
-        <v>3412</v>
+        <v>3436</v>
       </c>
       <c r="D115" t="s">
-        <v>3407</v>
+        <v>642</v>
       </c>
       <c r="E115" t="s">
-        <v>3413</v>
+        <v>3437</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>3414</v>
+        <v>3438</v>
       </c>
       <c r="H115" t="s">
-        <v>3415</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B116" t="s">
-        <v>3416</v>
+        <v>3440</v>
       </c>
       <c r="C116" t="s">
-        <v>3417</v>
+        <v>3441</v>
       </c>
       <c r="D116" t="s">
-        <v>3418</v>
+        <v>3442</v>
       </c>
       <c r="E116" t="s">
-        <v>3419</v>
+        <v>3443</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>3420</v>
+        <v>3444</v>
       </c>
       <c r="H116" t="s">
-        <v>3421</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B117" t="s">
-        <v>3422</v>
+        <v>3446</v>
       </c>
       <c r="C117" t="s">
-        <v>3423</v>
+        <v>3447</v>
       </c>
       <c r="D117" t="s">
-        <v>3424</v>
+        <v>3448</v>
       </c>
       <c r="E117" t="s">
-        <v>3425</v>
+        <v>3449</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>3426</v>
+        <v>3450</v>
       </c>
       <c r="H117" t="s">
-        <v>3427</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B118" t="s">
-        <v>3428</v>
+        <v>3452</v>
       </c>
       <c r="C118" t="s">
-        <v>3429</v>
+        <v>3453</v>
       </c>
       <c r="D118" t="s">
-        <v>3430</v>
+        <v>3454</v>
       </c>
       <c r="E118" t="s">
-        <v>3431</v>
+        <v>3455</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>3432</v>
+        <v>3456</v>
       </c>
       <c r="H118" t="s">
-        <v>3433</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B119" t="s">
-        <v>3434</v>
+        <v>3458</v>
       </c>
       <c r="C119" t="s">
-        <v>3435</v>
+        <v>3459</v>
       </c>
       <c r="D119" t="s">
-        <v>3436</v>
+        <v>3454</v>
       </c>
       <c r="E119" t="s">
-        <v>3437</v>
+        <v>3460</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>3438</v>
+        <v>3461</v>
       </c>
       <c r="H119" t="s">
-        <v>3439</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B120" t="s">
-        <v>3440</v>
+        <v>3463</v>
       </c>
       <c r="C120" t="s">
-        <v>3441</v>
+        <v>3464</v>
       </c>
       <c r="D120" t="s">
-        <v>3442</v>
+        <v>3465</v>
       </c>
       <c r="E120" t="s">
-        <v>3443</v>
+        <v>3466</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>3444</v>
+        <v>3467</v>
       </c>
       <c r="H120" t="s">
-        <v>3445</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B121" t="s">
-        <v>3446</v>
+        <v>3469</v>
       </c>
       <c r="C121" t="s">
-        <v>3447</v>
+        <v>3470</v>
       </c>
       <c r="D121" t="s">
-        <v>3448</v>
+        <v>3471</v>
       </c>
       <c r="E121" t="s">
-        <v>3449</v>
+        <v>3472</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>3450</v>
+        <v>3473</v>
       </c>
       <c r="H121" t="s">
-        <v>3451</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B122" t="s">
-        <v>3452</v>
+        <v>3475</v>
       </c>
       <c r="C122" t="s">
-        <v>3453</v>
+        <v>3476</v>
       </c>
       <c r="D122" t="s">
-        <v>3454</v>
+        <v>3477</v>
       </c>
       <c r="E122" t="s">
-        <v>3455</v>
+        <v>3478</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>3456</v>
+        <v>3479</v>
       </c>
       <c r="H122" t="s">
-        <v>3457</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B123" t="s">
-        <v>3458</v>
+        <v>3481</v>
       </c>
       <c r="C123" t="s">
-        <v>3459</v>
+        <v>3482</v>
       </c>
       <c r="D123" t="s">
-        <v>3460</v>
+        <v>3483</v>
       </c>
       <c r="E123" t="s">
-        <v>3461</v>
+        <v>3484</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>3462</v>
+        <v>3485</v>
       </c>
       <c r="H123" t="s">
-        <v>3463</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B124" t="s">
-        <v>3464</v>
+        <v>3487</v>
       </c>
       <c r="C124" t="s">
-        <v>3465</v>
+        <v>3488</v>
       </c>
       <c r="D124" t="s">
-        <v>659</v>
+        <v>3489</v>
       </c>
       <c r="E124" t="s">
-        <v>3466</v>
+        <v>3490</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>3467</v>
+        <v>3491</v>
       </c>
       <c r="H124" t="s">
-        <v>3468</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B125" t="s">
-        <v>3469</v>
+        <v>3493</v>
       </c>
       <c r="C125" t="s">
-        <v>3470</v>
+        <v>3494</v>
       </c>
       <c r="D125" t="s">
-        <v>3471</v>
+        <v>3495</v>
       </c>
       <c r="E125" t="s">
-        <v>3472</v>
+        <v>3496</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>3473</v>
+        <v>3497</v>
       </c>
       <c r="H125" t="s">
-        <v>3474</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B126" t="s">
-        <v>3475</v>
+        <v>3499</v>
       </c>
       <c r="C126" t="s">
-        <v>3476</v>
+        <v>3500</v>
       </c>
       <c r="D126" t="s">
-        <v>3477</v>
+        <v>3501</v>
       </c>
       <c r="E126" t="s">
-        <v>3478</v>
+        <v>3502</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>3479</v>
+        <v>3503</v>
       </c>
       <c r="H126" t="s">
-        <v>3480</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>2768</v>
+        <v>2794</v>
       </c>
       <c r="B127" t="s">
-        <v>3481</v>
+        <v>3505</v>
       </c>
       <c r="C127" t="s">
-        <v>3482</v>
+        <v>3506</v>
       </c>
       <c r="D127" t="s">
-        <v>3483</v>
+        <v>3507</v>
       </c>
       <c r="E127" t="s">
-        <v>3484</v>
+        <v>3508</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>3485</v>
+        <v>3509</v>
       </c>
       <c r="H127" t="s">
-        <v>3486</v>
+        <v>3510</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B128" t="s">
+        <v>3511</v>
+      </c>
+      <c r="C128" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D128" t="s">
+        <v>665</v>
+      </c>
+      <c r="E128" t="s">
+        <v>3513</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>3514</v>
+      </c>
+      <c r="H128" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B129" t="s">
+        <v>3516</v>
+      </c>
+      <c r="C129" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D129" t="s">
+        <v>3518</v>
+      </c>
+      <c r="E129" t="s">
+        <v>3519</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>3520</v>
+      </c>
+      <c r="H129" t="s">
+        <v>3521</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B130" t="s">
+        <v>3522</v>
+      </c>
+      <c r="C130" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D130" t="s">
+        <v>3524</v>
+      </c>
+      <c r="E130" t="s">
+        <v>3525</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>3526</v>
+      </c>
+      <c r="H130" t="s">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B131" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C131" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D131" t="s">
+        <v>3530</v>
+      </c>
+      <c r="E131" t="s">
+        <v>3531</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>3532</v>
+      </c>
+      <c r="H131" t="s">
+        <v>3533</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3487</v>
+        <v>3534</v>
       </c>
       <c r="B2" t="s">
-        <v>3488</v>
+        <v>3535</v>
       </c>
       <c r="C2" t="s">
-        <v>3489</v>
+        <v>3536</v>
       </c>
       <c r="D2" t="s">
-        <v>3490</v>
+        <v>3537</v>
       </c>
       <c r="E2" t="s">
-        <v>3491</v>
+        <v>3538</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3492</v>
+        <v>3539</v>
       </c>
       <c r="H2" t="s">
-        <v>3493</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3487</v>
+        <v>3534</v>
       </c>
       <c r="B3" t="s">
-        <v>3494</v>
+        <v>3541</v>
       </c>
       <c r="C3" t="s">
-        <v>3495</v>
+        <v>3542</v>
       </c>
       <c r="D3" t="s">
-        <v>3496</v>
+        <v>3543</v>
       </c>
       <c r="E3" t="s">
-        <v>3497</v>
+        <v>3544</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3498</v>
+        <v>3545</v>
       </c>
       <c r="H3" t="s">
-        <v>3499</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3487</v>
+        <v>3534</v>
       </c>
       <c r="B4" t="s">
-        <v>3500</v>
+        <v>3547</v>
       </c>
       <c r="C4" t="s">
-        <v>3501</v>
+        <v>3548</v>
       </c>
       <c r="D4" t="s">
-        <v>3502</v>
+        <v>3549</v>
       </c>
       <c r="E4" t="s">
-        <v>3503</v>
+        <v>3550</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3504</v>
+        <v>3551</v>
       </c>
       <c r="H4" t="s">
-        <v>3505</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3487</v>
+        <v>3534</v>
       </c>
       <c r="B5" t="s">
-        <v>3506</v>
+        <v>3553</v>
       </c>
       <c r="C5" t="s">
-        <v>3506</v>
+        <v>3553</v>
       </c>
       <c r="D5" t="s">
-        <v>3507</v>
+        <v>3554</v>
       </c>
       <c r="E5" t="s">
-        <v>3508</v>
+        <v>3555</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3509</v>
+        <v>3556</v>
       </c>
       <c r="H5" t="s">
-        <v>3510</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3487</v>
+        <v>3534</v>
       </c>
       <c r="B6" t="s">
-        <v>3511</v>
+        <v>3558</v>
       </c>
       <c r="C6" t="s">
-        <v>3511</v>
+        <v>3558</v>
       </c>
       <c r="D6" t="s">
-        <v>3512</v>
+        <v>3559</v>
       </c>
       <c r="E6" t="s">
-        <v>3513</v>
+        <v>3560</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3514</v>
+        <v>3561</v>
       </c>
       <c r="H6" t="s">
-        <v>3515</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3487</v>
+        <v>3534</v>
       </c>
       <c r="B7" t="s">
-        <v>3516</v>
+        <v>3563</v>
       </c>
       <c r="C7" t="s">
-        <v>3517</v>
+        <v>3564</v>
       </c>
       <c r="D7" t="s">
-        <v>3518</v>
+        <v>3565</v>
       </c>
       <c r="E7" t="s">
-        <v>3519</v>
+        <v>3566</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3520</v>
+        <v>3567</v>
       </c>
       <c r="H7" t="s">
-        <v>3521</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3487</v>
+        <v>3534</v>
       </c>
       <c r="B8" t="s">
-        <v>3522</v>
+        <v>3569</v>
       </c>
       <c r="C8" t="s">
-        <v>3523</v>
+        <v>3570</v>
       </c>
       <c r="D8" t="s">
-        <v>3524</v>
+        <v>3571</v>
       </c>
       <c r="E8" t="s">
-        <v>3525</v>
+        <v>3572</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3526</v>
+        <v>3573</v>
       </c>
       <c r="H8" t="s">
-        <v>3527</v>
+        <v>3574</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B2" t="s">
-        <v>3529</v>
+        <v>3576</v>
       </c>
       <c r="C2" t="s">
-        <v>3530</v>
+        <v>3577</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>3531</v>
+        <v>3578</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3532</v>
+        <v>3579</v>
       </c>
       <c r="H2" t="s">
-        <v>3533</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B3" t="s">
-        <v>3534</v>
+        <v>3581</v>
       </c>
       <c r="C3" t="s">
-        <v>3535</v>
+        <v>3582</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>3536</v>
+        <v>3583</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3537</v>
+        <v>3584</v>
       </c>
       <c r="H3" t="s">
-        <v>3538</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B4" t="s">
-        <v>3539</v>
+        <v>3586</v>
       </c>
       <c r="C4" t="s">
-        <v>3540</v>
+        <v>3587</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>3541</v>
+        <v>3588</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3542</v>
+        <v>3589</v>
       </c>
       <c r="H4" t="s">
-        <v>3543</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B5" t="s">
-        <v>3544</v>
+        <v>3591</v>
       </c>
       <c r="C5" t="s">
-        <v>3545</v>
+        <v>3592</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>3546</v>
+        <v>3593</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>3547</v>
+        <v>3594</v>
       </c>
       <c r="H5" t="s">
-        <v>3548</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B6" t="s">
-        <v>3549</v>
+        <v>3596</v>
       </c>
       <c r="C6" t="s">
-        <v>3550</v>
+        <v>3597</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>3551</v>
+        <v>3598</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>3552</v>
+        <v>3599</v>
       </c>
       <c r="H6" t="s">
-        <v>3553</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B7" t="s">
-        <v>3554</v>
+        <v>3601</v>
       </c>
       <c r="C7" t="s">
-        <v>3555</v>
+        <v>3602</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>3556</v>
+        <v>3603</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>3557</v>
+        <v>3604</v>
       </c>
       <c r="H7" t="s">
-        <v>3558</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B8" t="s">
-        <v>3559</v>
+        <v>3606</v>
       </c>
       <c r="C8" t="s">
-        <v>3560</v>
+        <v>3607</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>3561</v>
+        <v>3608</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>3562</v>
+        <v>3609</v>
       </c>
       <c r="H8" t="s">
-        <v>3563</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B9" t="s">
-        <v>3564</v>
+        <v>3611</v>
       </c>
       <c r="C9" t="s">
-        <v>3565</v>
+        <v>3612</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>3566</v>
+        <v>3613</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>3567</v>
+        <v>3614</v>
       </c>
       <c r="H9" t="s">
-        <v>3568</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B10" t="s">
-        <v>3569</v>
+        <v>3616</v>
       </c>
       <c r="C10" t="s">
-        <v>3570</v>
+        <v>3617</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>3571</v>
+        <v>3618</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>3572</v>
+        <v>3619</v>
       </c>
       <c r="H10" t="s">
-        <v>3573</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B11" t="s">
-        <v>3574</v>
+        <v>3621</v>
       </c>
       <c r="C11" t="s">
-        <v>3575</v>
+        <v>3622</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>3576</v>
+        <v>3623</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>3577</v>
+        <v>3624</v>
       </c>
       <c r="H11" t="s">
-        <v>3578</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B12" t="s">
-        <v>3579</v>
+        <v>3626</v>
       </c>
       <c r="C12" t="s">
-        <v>3580</v>
+        <v>3627</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>3581</v>
+        <v>3628</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>3582</v>
+        <v>3629</v>
       </c>
       <c r="H12" t="s">
-        <v>3583</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B13" t="s">
-        <v>3584</v>
+        <v>3631</v>
       </c>
       <c r="C13" t="s">
-        <v>3585</v>
+        <v>3632</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>3586</v>
+        <v>3633</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>3587</v>
+        <v>3634</v>
       </c>
       <c r="H13" t="s">
-        <v>3588</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B14" t="s">
-        <v>3589</v>
+        <v>3636</v>
       </c>
       <c r="C14" t="s">
-        <v>3590</v>
+        <v>3637</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2076</v>
+        <v>3638</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>3591</v>
+        <v>3639</v>
       </c>
       <c r="H14" t="s">
-        <v>3592</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B15" t="s">
-        <v>3593</v>
+        <v>3641</v>
       </c>
       <c r="C15" t="s">
-        <v>3594</v>
+        <v>3642</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>3595</v>
+        <v>3643</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>3596</v>
+        <v>3644</v>
       </c>
       <c r="H15" t="s">
-        <v>3597</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B16" t="s">
-        <v>3598</v>
+        <v>3646</v>
       </c>
       <c r="C16" t="s">
-        <v>3599</v>
+        <v>3647</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>3600</v>
+        <v>3648</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>3601</v>
+        <v>3649</v>
       </c>
       <c r="H16" t="s">
-        <v>3602</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B17" t="s">
-        <v>3603</v>
+        <v>3651</v>
       </c>
       <c r="C17" t="s">
-        <v>3604</v>
+        <v>3652</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>3605</v>
+        <v>2085</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>3606</v>
+        <v>3653</v>
       </c>
       <c r="H17" t="s">
-        <v>3607</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B18" t="s">
-        <v>3608</v>
+        <v>3655</v>
       </c>
       <c r="C18" t="s">
-        <v>3609</v>
+        <v>3656</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>3610</v>
+        <v>3657</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>3611</v>
+        <v>3658</v>
       </c>
       <c r="H18" t="s">
-        <v>3612</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B19" t="s">
-        <v>3613</v>
+        <v>3660</v>
       </c>
       <c r="C19" t="s">
-        <v>3614</v>
+        <v>3661</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>3615</v>
+        <v>3662</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>3616</v>
+        <v>3663</v>
       </c>
       <c r="H19" t="s">
-        <v>3617</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B20" t="s">
-        <v>3618</v>
+        <v>3665</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>3666</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>3619</v>
+        <v>3667</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>3620</v>
+        <v>3668</v>
       </c>
       <c r="H20" t="s">
-        <v>3621</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B21" t="s">
-        <v>3622</v>
+        <v>3670</v>
       </c>
       <c r="C21" t="s">
-        <v>3623</v>
+        <v>3671</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>3624</v>
+        <v>3672</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>3625</v>
+        <v>3673</v>
       </c>
       <c r="H21" t="s">
-        <v>3626</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B22" t="s">
-        <v>3627</v>
+        <v>3675</v>
       </c>
       <c r="C22" t="s">
-        <v>3628</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>3629</v>
+        <v>3676</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>3630</v>
+        <v>3677</v>
       </c>
       <c r="H22" t="s">
-        <v>3631</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B23" t="s">
-        <v>3632</v>
+        <v>3679</v>
       </c>
       <c r="C23" t="s">
-        <v>3633</v>
+        <v>3680</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>3634</v>
+        <v>3681</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>3635</v>
+        <v>3682</v>
       </c>
       <c r="H23" t="s">
-        <v>3636</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B24" t="s">
-        <v>3637</v>
+        <v>3684</v>
       </c>
       <c r="C24" t="s">
-        <v>3638</v>
+        <v>3685</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>3639</v>
+        <v>3686</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>3640</v>
+        <v>3687</v>
       </c>
       <c r="H24" t="s">
-        <v>3641</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B25" t="s">
-        <v>3642</v>
+        <v>3689</v>
       </c>
       <c r="C25" t="s">
-        <v>3643</v>
+        <v>3690</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>3644</v>
+        <v>3691</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>3645</v>
+        <v>3692</v>
       </c>
       <c r="H25" t="s">
-        <v>3646</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B26" t="s">
-        <v>3647</v>
+        <v>3694</v>
       </c>
       <c r="C26" t="s">
-        <v>3648</v>
+        <v>3695</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>3644</v>
+        <v>3696</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>3649</v>
+        <v>3697</v>
       </c>
       <c r="H26" t="s">
-        <v>3650</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B27" t="s">
-        <v>3651</v>
+        <v>3699</v>
       </c>
       <c r="C27" t="s">
-        <v>3652</v>
+        <v>3700</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>3653</v>
+        <v>3696</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>3654</v>
+        <v>3701</v>
       </c>
       <c r="H27" t="s">
-        <v>3655</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B28" t="s">
-        <v>3656</v>
+        <v>3703</v>
       </c>
       <c r="C28" t="s">
-        <v>3657</v>
+        <v>3704</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>3658</v>
+        <v>3705</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>3659</v>
+        <v>3706</v>
       </c>
       <c r="H28" t="s">
-        <v>3660</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B29" t="s">
-        <v>3661</v>
+        <v>3708</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>3709</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>3662</v>
+        <v>3710</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>3663</v>
+        <v>3711</v>
       </c>
       <c r="H29" t="s">
-        <v>3664</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B30" t="s">
-        <v>3665</v>
+        <v>3713</v>
       </c>
       <c r="C30" t="s">
-        <v>3666</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>3667</v>
+        <v>3714</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>3668</v>
+        <v>3715</v>
       </c>
       <c r="H30" t="s">
-        <v>3669</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B31" t="s">
-        <v>3670</v>
+        <v>3717</v>
       </c>
       <c r="C31" t="s">
-        <v>3671</v>
+        <v>3718</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>3672</v>
+        <v>3719</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>3673</v>
+        <v>3720</v>
       </c>
       <c r="H31" t="s">
-        <v>3674</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B32" t="s">
-        <v>3675</v>
+        <v>3722</v>
       </c>
       <c r="C32" t="s">
-        <v>3676</v>
+        <v>3723</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>3677</v>
+        <v>3724</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>3678</v>
+        <v>3725</v>
       </c>
       <c r="H32" t="s">
-        <v>3679</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B33" t="s">
-        <v>3680</v>
+        <v>3727</v>
       </c>
       <c r="C33" t="s">
-        <v>3681</v>
+        <v>3728</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>3682</v>
+        <v>3729</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>3683</v>
+        <v>3730</v>
       </c>
       <c r="H33" t="s">
-        <v>3684</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B34" t="s">
-        <v>3685</v>
+        <v>3732</v>
       </c>
       <c r="C34" t="s">
-        <v>3686</v>
+        <v>3733</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>3687</v>
+        <v>3734</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>3688</v>
+        <v>3735</v>
       </c>
       <c r="H34" t="s">
-        <v>3689</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B35" t="s">
-        <v>3690</v>
+        <v>3737</v>
       </c>
       <c r="C35" t="s">
-        <v>3691</v>
+        <v>3738</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>31</v>
+        <v>3739</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>3692</v>
+        <v>3740</v>
       </c>
       <c r="H35" t="s">
-        <v>3693</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B36" t="s">
-        <v>3694</v>
+        <v>3742</v>
       </c>
       <c r="C36" t="s">
-        <v>3695</v>
+        <v>3743</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>3696</v>
+        <v>31</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>3697</v>
+        <v>3744</v>
       </c>
       <c r="H36" t="s">
-        <v>3698</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B37" t="s">
-        <v>3699</v>
+        <v>3746</v>
       </c>
       <c r="C37" t="s">
-        <v>3700</v>
+        <v>3747</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>3701</v>
+        <v>3748</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>3702</v>
+        <v>3749</v>
       </c>
       <c r="H37" t="s">
-        <v>3703</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B38" t="s">
-        <v>3704</v>
+        <v>3751</v>
       </c>
       <c r="C38" t="s">
-        <v>3705</v>
+        <v>3752</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>3706</v>
+        <v>3753</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>3707</v>
+        <v>3754</v>
       </c>
       <c r="H38" t="s">
-        <v>3708</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B39" t="s">
-        <v>3709</v>
+        <v>3756</v>
       </c>
       <c r="C39" t="s">
-        <v>3710</v>
+        <v>3757</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>3711</v>
+        <v>3758</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>3712</v>
+        <v>3759</v>
       </c>
       <c r="H39" t="s">
-        <v>3713</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B40" t="s">
-        <v>3714</v>
+        <v>3761</v>
       </c>
       <c r="C40" t="s">
-        <v>3715</v>
+        <v>3762</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>3716</v>
+        <v>3763</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>3717</v>
+        <v>3764</v>
       </c>
       <c r="H40" t="s">
-        <v>3718</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B41" t="s">
-        <v>3719</v>
+        <v>3766</v>
       </c>
       <c r="C41" t="s">
-        <v>3720</v>
+        <v>3767</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>3721</v>
+        <v>3768</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>3722</v>
+        <v>3769</v>
       </c>
       <c r="H41" t="s">
-        <v>3723</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B42" t="s">
-        <v>3724</v>
+        <v>3771</v>
       </c>
       <c r="C42" t="s">
-        <v>13</v>
+        <v>3772</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>3725</v>
+        <v>3773</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>3726</v>
+        <v>3774</v>
       </c>
       <c r="H42" t="s">
-        <v>3727</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B43" t="s">
-        <v>3728</v>
+        <v>3776</v>
       </c>
       <c r="C43" t="s">
-        <v>3729</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>3730</v>
+        <v>3777</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>3731</v>
+        <v>3778</v>
       </c>
       <c r="H43" t="s">
-        <v>3732</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B44" t="s">
-        <v>3733</v>
+        <v>3780</v>
       </c>
       <c r="C44" t="s">
-        <v>3734</v>
+        <v>3781</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>3735</v>
+        <v>3782</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>3736</v>
+        <v>3783</v>
       </c>
       <c r="H44" t="s">
-        <v>3737</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B45" t="s">
-        <v>3738</v>
+        <v>3785</v>
       </c>
       <c r="C45" t="s">
-        <v>3739</v>
+        <v>3786</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>3740</v>
+        <v>3787</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>3741</v>
+        <v>3788</v>
       </c>
       <c r="H45" t="s">
-        <v>3742</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B46" t="s">
-        <v>3743</v>
+        <v>3790</v>
       </c>
       <c r="C46" t="s">
-        <v>3744</v>
+        <v>3791</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>3745</v>
+        <v>3792</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>3746</v>
+        <v>3793</v>
       </c>
       <c r="H46" t="s">
-        <v>3747</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B47" t="s">
-        <v>3748</v>
+        <v>3795</v>
       </c>
       <c r="C47" t="s">
-        <v>13</v>
+        <v>3796</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>3749</v>
+        <v>3797</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>3750</v>
+        <v>3798</v>
       </c>
       <c r="H47" t="s">
-        <v>3751</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B48" t="s">
-        <v>3752</v>
+        <v>3800</v>
       </c>
       <c r="C48" t="s">
-        <v>3753</v>
+        <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>3754</v>
+        <v>3801</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>3755</v>
+        <v>3802</v>
       </c>
       <c r="H48" t="s">
-        <v>3756</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B49" t="s">
-        <v>3757</v>
+        <v>3804</v>
       </c>
       <c r="C49" t="s">
-        <v>3758</v>
+        <v>3805</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>3759</v>
+        <v>3806</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>3760</v>
+        <v>3807</v>
       </c>
       <c r="H49" t="s">
-        <v>3761</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B50" t="s">
-        <v>3762</v>
+        <v>3809</v>
       </c>
       <c r="C50" t="s">
-        <v>3763</v>
+        <v>3810</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>3764</v>
+        <v>3811</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>3765</v>
+        <v>3812</v>
       </c>
       <c r="H50" t="s">
-        <v>3766</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>3528</v>
+        <v>3575</v>
       </c>
       <c r="B51" t="s">
-        <v>3767</v>
+        <v>3814</v>
       </c>
       <c r="C51" t="s">
-        <v>3768</v>
+        <v>3815</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>3769</v>
+        <v>3816</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>3770</v>
+        <v>3817</v>
       </c>
       <c r="H51" t="s">
-        <v>3771</v>
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C52" t="s">
+        <v>3820</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3821</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3822</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3823</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J99"/>
+  <dimension ref="A1:J100"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>163</v>
       </c>
       <c r="J1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>165</v>
       </c>
       <c r="B2" t="s">
         <v>166</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
         <v>167</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>168</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>169</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>170</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J2" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>165</v>
       </c>
       <c r="B3" t="s">
         <v>173</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>174</v>
       </c>
       <c r="D3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>165</v>
       </c>
       <c r="B4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="E4" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="H4" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="I4" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="J4" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>165</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C5" t="s">
-        <v>186</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="E5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="I5" t="s">
-        <v>13</v>
+        <v>191</v>
       </c>
       <c r="J5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>165</v>
       </c>
       <c r="B6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="D6" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="E6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H6" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I6" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="J6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>165</v>
       </c>
       <c r="B7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I7" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J7" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>165</v>
       </c>
       <c r="B8" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E8" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="H8" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I8" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J8" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>165</v>
       </c>
       <c r="B9" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E9" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H9" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I9" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J9" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>165</v>
       </c>
       <c r="B10" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E10" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H10" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I10" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J10" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>165</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>192</v>
+        <v>228</v>
       </c>
       <c r="E11" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="I11" t="s">
-        <v>230</v>
+        <v>171</v>
       </c>
       <c r="J11" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>165</v>
       </c>
       <c r="B12" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>233</v>
+        <v>200</v>
       </c>
       <c r="E12" t="s">
         <v>234</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>235</v>
       </c>
       <c r="H12" t="s">
         <v>236</v>
       </c>
       <c r="I12" t="s">
         <v>237</v>
       </c>
       <c r="J12" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>165</v>
       </c>
       <c r="B13" t="s">
@@ -17790,2082 +18076,2082 @@
       </c>
       <c r="G13" t="s">
         <v>242</v>
       </c>
       <c r="H13" t="s">
         <v>243</v>
       </c>
       <c r="I13" t="s">
         <v>244</v>
       </c>
       <c r="J13" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>165</v>
       </c>
       <c r="B14" t="s">
         <v>246</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>213</v>
+        <v>247</v>
       </c>
       <c r="E14" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H14" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I14" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J14" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>253</v>
+        <v>221</v>
       </c>
       <c r="E15" t="s">
         <v>254</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>255</v>
       </c>
       <c r="H15" t="s">
         <v>256</v>
       </c>
       <c r="I15" t="s">
         <v>257</v>
       </c>
       <c r="J15" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>165</v>
       </c>
       <c r="B16" t="s">
         <v>259</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>260</v>
       </c>
       <c r="E16" t="s">
         <v>261</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>262</v>
       </c>
       <c r="H16" t="s">
         <v>263</v>
       </c>
       <c r="I16" t="s">
+        <v>179</v>
+      </c>
+      <c r="J16" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>165</v>
       </c>
       <c r="B17" t="s">
+        <v>265</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
         <v>266</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>267</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>268</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>269</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>270</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>165</v>
       </c>
       <c r="B18" t="s">
+        <v>272</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E18" t="s">
         <v>274</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>275</v>
       </c>
       <c r="H18" t="s">
         <v>276</v>
       </c>
       <c r="I18" t="s">
-        <v>224</v>
+        <v>277</v>
       </c>
       <c r="J18" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>165</v>
       </c>
       <c r="B19" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="E19" t="s">
         <v>280</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>281</v>
       </c>
       <c r="H19" t="s">
         <v>282</v>
       </c>
       <c r="I19" t="s">
+        <v>171</v>
+      </c>
+      <c r="J19" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>165</v>
       </c>
       <c r="B20" t="s">
+        <v>284</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
         <v>285</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>286</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>287</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>288</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>289</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>165</v>
       </c>
       <c r="B21" t="s">
+        <v>291</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
         <v>292</v>
       </c>
-      <c r="C21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H21" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I21" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J21" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>165</v>
       </c>
       <c r="B22" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="E22" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H22" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I22" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J22" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>267</v>
+        <v>292</v>
       </c>
       <c r="E23" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H23" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="I23" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="J23" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>306</v>
+        <v>273</v>
       </c>
       <c r="E24" t="s">
-        <v>307</v>
+        <v>293</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>308</v>
       </c>
       <c r="H24" t="s">
         <v>309</v>
       </c>
       <c r="I24" t="s">
+        <v>306</v>
+      </c>
+      <c r="J24" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>165</v>
       </c>
       <c r="B25" t="s">
+        <v>311</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E25" t="s">
         <v>313</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>314</v>
       </c>
       <c r="H25" t="s">
         <v>315</v>
       </c>
       <c r="I25" t="s">
         <v>316</v>
       </c>
       <c r="J25" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>165</v>
       </c>
       <c r="B26" t="s">
         <v>318</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="E26" t="s">
         <v>319</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>320</v>
       </c>
       <c r="H26" t="s">
         <v>321</v>
       </c>
       <c r="I26" t="s">
-        <v>264</v>
+        <v>322</v>
       </c>
       <c r="J26" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>165</v>
       </c>
       <c r="B27" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>324</v>
+        <v>285</v>
       </c>
       <c r="E27" t="s">
         <v>325</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>326</v>
       </c>
       <c r="H27" t="s">
         <v>327</v>
       </c>
       <c r="I27" t="s">
+        <v>270</v>
+      </c>
+      <c r="J27" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>165</v>
       </c>
       <c r="B28" t="s">
+        <v>329</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="E28" t="s">
         <v>331</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>332</v>
       </c>
       <c r="H28" t="s">
         <v>333</v>
       </c>
       <c r="I28" t="s">
         <v>334</v>
       </c>
       <c r="J28" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>165</v>
       </c>
       <c r="B29" t="s">
         <v>336</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
+        <v>330</v>
+      </c>
+      <c r="E29" t="s">
         <v>337</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>338</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>339</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="J29" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>165</v>
       </c>
       <c r="B30" t="s">
         <v>342</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="E30" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H30" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I30" t="s">
-        <v>345</v>
+        <v>179</v>
       </c>
       <c r="J30" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>165</v>
       </c>
       <c r="B31" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="E31" t="s">
+        <v>344</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>349</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>350</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>351</v>
       </c>
-      <c r="I31" t="s">
+      <c r="J31" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>165</v>
       </c>
       <c r="B32" t="s">
+        <v>353</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
         <v>354</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>355</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>356</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>357</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>358</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>165</v>
       </c>
       <c r="B33" t="s">
+        <v>360</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
         <v>361</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>362</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>363</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>364</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>365</v>
       </c>
-      <c r="I33" t="s">
+      <c r="J33" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>165</v>
       </c>
       <c r="B34" t="s">
+        <v>367</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
         <v>368</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>369</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>370</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>371</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>372</v>
       </c>
-      <c r="I34" t="s">
+      <c r="J34" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>165</v>
       </c>
       <c r="B35" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E35" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="H35" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="I35" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="J35" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>165</v>
       </c>
       <c r="B36" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E36" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="H36" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="I36" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="J36" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>165</v>
       </c>
       <c r="B37" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E37" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H37" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I37" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="J37" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>165</v>
       </c>
       <c r="B38" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E38" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="H38" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="I38" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="J38" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>165</v>
       </c>
       <c r="B39" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E39" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H39" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I39" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="J39" t="s">
-        <v>390</v>
+        <v>192</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>165</v>
       </c>
       <c r="B40" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E40" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="H40" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I40" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J40" t="s">
-        <v>184</v>
+        <v>396</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>165</v>
       </c>
       <c r="B41" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E41" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H41" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="I41" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="J41" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>165</v>
       </c>
       <c r="B42" t="s">
-        <v>397</v>
+        <v>374</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E42" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H42" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I42" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J42" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>165</v>
       </c>
       <c r="B43" t="s">
-        <v>239</v>
+        <v>403</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>402</v>
+        <v>375</v>
       </c>
       <c r="E43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H43" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="I43" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J43" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>165</v>
       </c>
       <c r="B44" t="s">
-        <v>407</v>
+        <v>246</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>408</v>
       </c>
       <c r="E44" t="s">
         <v>409</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>410</v>
       </c>
       <c r="H44" t="s">
         <v>411</v>
       </c>
       <c r="I44" t="s">
         <v>412</v>
       </c>
       <c r="J44" t="s">
-        <v>413</v>
+        <v>252</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>165</v>
       </c>
       <c r="B45" t="s">
+        <v>413</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
         <v>414</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>415</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
         <v>416</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>417</v>
       </c>
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>418</v>
       </c>
-      <c r="I45" t="s">
+      <c r="J45" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>165</v>
       </c>
       <c r="B46" t="s">
+        <v>420</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
         <v>421</v>
       </c>
-      <c r="C46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E46" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H46" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="I46" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
       <c r="J46" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>165</v>
       </c>
       <c r="B47" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="E47" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H47" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I47" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="J47" t="s">
-        <v>367</v>
+        <v>419</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>165</v>
       </c>
       <c r="B48" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E48" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H48" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="I48" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="J48" t="s">
-        <v>291</v>
+        <v>373</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>165</v>
       </c>
       <c r="B49" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E49" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="H49" t="s">
+        <v>437</v>
+      </c>
+      <c r="I49" t="s">
         <v>434</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>367</v>
+        <v>297</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>165</v>
       </c>
       <c r="B50" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E50" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="H50" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="I50" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="J50" t="s">
-        <v>438</v>
+        <v>373</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>165</v>
       </c>
       <c r="B51" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E51" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H51" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="I51" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="J51" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>165</v>
       </c>
       <c r="B52" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E52" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>446</v>
       </c>
       <c r="H52" t="s">
         <v>447</v>
       </c>
       <c r="I52" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="J52" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>165</v>
       </c>
       <c r="B53" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E53" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H53" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="I53" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="J53" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>165</v>
       </c>
       <c r="B54" t="s">
         <v>455</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E54" t="s">
         <v>456</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>457</v>
       </c>
       <c r="H54" t="s">
         <v>458</v>
       </c>
       <c r="I54" t="s">
         <v>459</v>
       </c>
       <c r="J54" t="s">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>165</v>
       </c>
       <c r="B55" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C55" t="s">
-        <v>461</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
+        <v>421</v>
+      </c>
+      <c r="E55" t="s">
         <v>462</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
         <v>463</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>464</v>
       </c>
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>465</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>13</v>
+        <v>396</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>165</v>
       </c>
       <c r="B56" t="s">
         <v>466</v>
       </c>
       <c r="C56" t="s">
         <v>467</v>
       </c>
       <c r="D56" t="s">
         <v>468</v>
       </c>
       <c r="E56" t="s">
         <v>469</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>470</v>
       </c>
       <c r="H56" t="s">
         <v>471</v>
       </c>
       <c r="I56" t="s">
         <v>13</v>
       </c>
       <c r="J56" t="s">
-        <v>472</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>165</v>
       </c>
       <c r="B57" t="s">
+        <v>472</v>
+      </c>
+      <c r="C57" t="s">
         <v>473</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>474</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
         <v>475</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
         <v>476</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>477</v>
       </c>
-      <c r="H57" t="s">
+      <c r="I57" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>165</v>
       </c>
       <c r="B58" t="s">
         <v>479</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>480</v>
       </c>
       <c r="D58" t="s">
-        <v>76</v>
+        <v>481</v>
       </c>
       <c r="E58" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="H58" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="I58" t="s">
-        <v>483</v>
+        <v>13</v>
       </c>
       <c r="J58" t="s">
-        <v>225</v>
+        <v>478</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>165</v>
       </c>
       <c r="B59" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="E59" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H59" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I59" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J59" t="s">
-        <v>489</v>
+        <v>232</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>165</v>
       </c>
       <c r="B60" t="s">
         <v>490</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
         <v>491</v>
       </c>
-      <c r="E60" t="s">
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
         <v>492</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>493</v>
       </c>
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>494</v>
       </c>
-      <c r="I60" t="s">
+      <c r="J60" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>165</v>
       </c>
       <c r="B61" t="s">
+        <v>496</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
         <v>497</v>
       </c>
-      <c r="C61" t="s">
-[...2 lines deleted...]
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>498</v>
       </c>
-      <c r="E61" t="s">
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
         <v>499</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="H61" t="s">
         <v>500</v>
       </c>
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="J61" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>165</v>
       </c>
       <c r="B62" t="s">
         <v>503</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>504</v>
       </c>
       <c r="E62" t="s">
         <v>505</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>506</v>
       </c>
       <c r="H62" t="s">
         <v>507</v>
       </c>
       <c r="I62" t="s">
+        <v>501</v>
+      </c>
+      <c r="J62" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>165</v>
       </c>
       <c r="B63" t="s">
         <v>509</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="E63" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="H63" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="I63" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="J63" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>165</v>
       </c>
       <c r="B64" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="E64" t="s">
+        <v>511</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>516</v>
+      </c>
+      <c r="H64" t="s">
+        <v>517</v>
+      </c>
+      <c r="I64" t="s">
         <v>514</v>
       </c>
-      <c r="F64" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>518</v>
+        <v>232</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>165</v>
       </c>
       <c r="B65" t="s">
+        <v>518</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
         <v>519</v>
-      </c>
-[...4 lines deleted...]
-        <v>513</v>
       </c>
       <c r="E65" t="s">
         <v>520</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>521</v>
       </c>
       <c r="H65" t="s">
         <v>522</v>
       </c>
       <c r="I65" t="s">
         <v>523</v>
       </c>
       <c r="J65" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>165</v>
       </c>
       <c r="B66" t="s">
         <v>525</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="E66" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H66" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="I66" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="J66" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>165</v>
       </c>
       <c r="B67" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
-        <v>530</v>
+        <v>519</v>
       </c>
       <c r="E67" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>532</v>
       </c>
       <c r="H67" t="s">
         <v>533</v>
       </c>
       <c r="I67" t="s">
+        <v>529</v>
+      </c>
+      <c r="J67" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>165</v>
       </c>
       <c r="B68" t="s">
+        <v>535</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
         <v>536</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>537</v>
       </c>
-      <c r="D68" t="s">
-[...2 lines deleted...]
-      <c r="E68" t="s">
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
         <v>538</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>539</v>
       </c>
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>540</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J68" t="s">
-        <v>472</v>
+        <v>541</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>165</v>
       </c>
       <c r="B69" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C69" t="s">
-        <v>13</v>
+        <v>543</v>
       </c>
       <c r="D69" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E69" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H69" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I69" t="s">
-        <v>546</v>
+        <v>13</v>
       </c>
       <c r="J69" t="s">
-        <v>547</v>
+        <v>478</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>165</v>
       </c>
       <c r="B70" t="s">
+        <v>547</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
         <v>548</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
       <c r="E70" t="s">
         <v>549</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>550</v>
       </c>
       <c r="H70" t="s">
         <v>551</v>
       </c>
       <c r="I70" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="J70" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>165</v>
       </c>
       <c r="B71" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="E71" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="H71" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="I71" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="J71" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>165</v>
       </c>
       <c r="B72" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="E72" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="H72" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="I72" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="J72" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>165</v>
       </c>
       <c r="B73" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
-        <v>563</v>
+        <v>548</v>
       </c>
       <c r="E73" t="s">
+        <v>555</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
         <v>564</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>565</v>
       </c>
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>566</v>
       </c>
-      <c r="I73" t="s">
+      <c r="J73" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>165</v>
       </c>
       <c r="B74" t="s">
-        <v>557</v>
+        <v>568</v>
       </c>
       <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
         <v>569</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>570</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
         <v>571</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>572</v>
       </c>
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>573</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>165</v>
       </c>
       <c r="B75" t="s">
-        <v>574</v>
+        <v>563</v>
       </c>
       <c r="C75" t="s">
-        <v>13</v>
+        <v>575</v>
       </c>
       <c r="D75" t="s">
+        <v>576</v>
+      </c>
+      <c r="E75" t="s">
+        <v>577</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>578</v>
+      </c>
+      <c r="H75" t="s">
+        <v>579</v>
+      </c>
+      <c r="I75" t="s">
         <v>575</v>
       </c>
-      <c r="E75" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>165</v>
       </c>
       <c r="B76" t="s">
         <v>580</v>
       </c>
       <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
         <v>581</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>582</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
         <v>583</v>
       </c>
-      <c r="F76" t="s">
-[...2 lines deleted...]
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>584</v>
       </c>
-      <c r="H76" t="s">
+      <c r="I76" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>165</v>
       </c>
       <c r="B77" t="s">
+        <v>586</v>
+      </c>
+      <c r="C77" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>588</v>
       </c>
       <c r="E77" t="s">
         <v>589</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>590</v>
       </c>
       <c r="H77" t="s">
         <v>591</v>
       </c>
       <c r="I77" t="s">
-        <v>13</v>
+        <v>587</v>
       </c>
       <c r="J77" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>165</v>
       </c>
       <c r="B78" t="s">
         <v>593</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>594</v>
       </c>
       <c r="E78" t="s">
         <v>595</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
@@ -19888,83 +20174,83 @@
       <c r="B79" t="s">
         <v>599</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>600</v>
       </c>
       <c r="E79" t="s">
         <v>601</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>602</v>
       </c>
       <c r="H79" t="s">
         <v>603</v>
       </c>
       <c r="I79" t="s">
         <v>13</v>
       </c>
       <c r="J79" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>165</v>
       </c>
       <c r="B80" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E80" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H80" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="I80" t="s">
         <v>13</v>
       </c>
       <c r="J80" t="s">
-        <v>609</v>
+        <v>598</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>610</v>
       </c>
       <c r="C81" t="s">
         <v>13</v>
       </c>
       <c r="D81" t="s">
         <v>611</v>
       </c>
       <c r="E81" t="s">
         <v>612</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>613</v>
       </c>
       <c r="H81" t="s">
@@ -20027,12784 +20313,12926 @@
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
         <v>625</v>
       </c>
       <c r="H83" t="s">
         <v>626</v>
       </c>
       <c r="I83" t="s">
         <v>13</v>
       </c>
       <c r="J83" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>165</v>
       </c>
       <c r="B84" t="s">
         <v>628</v>
       </c>
       <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
         <v>629</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>630</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
         <v>631</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>632</v>
       </c>
-      <c r="H84" t="s">
+      <c r="I84" t="s">
+        <v>13</v>
+      </c>
+      <c r="J84" t="s">
         <v>633</v>
-      </c>
-[...4 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>165</v>
       </c>
       <c r="B85" t="s">
+        <v>634</v>
+      </c>
+      <c r="C85" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>636</v>
       </c>
       <c r="E85" t="s">
         <v>637</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>638</v>
       </c>
       <c r="H85" t="s">
         <v>639</v>
       </c>
       <c r="I85" t="s">
-        <v>13</v>
+        <v>635</v>
       </c>
       <c r="J85" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>165</v>
       </c>
       <c r="B86" t="s">
         <v>641</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>642</v>
       </c>
       <c r="E86" t="s">
         <v>643</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
         <v>644</v>
       </c>
       <c r="H86" t="s">
         <v>645</v>
       </c>
       <c r="I86" t="s">
         <v>13</v>
       </c>
       <c r="J86" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>165</v>
       </c>
       <c r="B87" t="s">
-        <v>191</v>
+        <v>647</v>
       </c>
       <c r="C87" t="s">
-        <v>647</v>
+        <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="E87" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H87" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="I87" t="s">
-        <v>647</v>
+        <v>13</v>
       </c>
       <c r="J87" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>165</v>
       </c>
       <c r="B88" t="s">
-        <v>652</v>
+        <v>199</v>
       </c>
       <c r="C88" t="s">
-        <v>13</v>
+        <v>653</v>
       </c>
       <c r="D88" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="E88" t="s">
         <v>654</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
         <v>655</v>
       </c>
       <c r="H88" t="s">
         <v>656</v>
       </c>
       <c r="I88" t="s">
-        <v>13</v>
+        <v>653</v>
       </c>
       <c r="J88" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>165</v>
       </c>
       <c r="B89" t="s">
         <v>658</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>659</v>
       </c>
       <c r="E89" t="s">
         <v>660</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>661</v>
       </c>
       <c r="H89" t="s">
         <v>662</v>
       </c>
       <c r="I89" t="s">
         <v>13</v>
       </c>
       <c r="J89" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>165</v>
       </c>
       <c r="B90" t="s">
         <v>664</v>
       </c>
       <c r="C90" t="s">
-        <v>629</v>
+        <v>13</v>
       </c>
       <c r="D90" t="s">
         <v>665</v>
       </c>
       <c r="E90" t="s">
         <v>666</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
         <v>667</v>
       </c>
       <c r="H90" t="s">
         <v>668</v>
       </c>
       <c r="I90" t="s">
-        <v>629</v>
+        <v>13</v>
       </c>
       <c r="J90" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>165</v>
       </c>
       <c r="B91" t="s">
         <v>670</v>
       </c>
       <c r="C91" t="s">
-        <v>13</v>
+        <v>635</v>
       </c>
       <c r="D91" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="E91" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H91" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="I91" t="s">
-        <v>13</v>
+        <v>635</v>
       </c>
       <c r="J91" t="s">
-        <v>657</v>
+        <v>675</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>165</v>
       </c>
       <c r="B92" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C92" t="s">
-        <v>675</v>
+        <v>13</v>
       </c>
       <c r="D92" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="E92" t="s">
         <v>677</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
         <v>678</v>
       </c>
       <c r="H92" t="s">
         <v>679</v>
       </c>
       <c r="I92" t="s">
-        <v>675</v>
+        <v>13</v>
       </c>
       <c r="J92" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>165</v>
       </c>
       <c r="B93" t="s">
         <v>680</v>
       </c>
       <c r="C93" t="s">
-        <v>13</v>
+        <v>681</v>
       </c>
       <c r="D93" t="s">
+        <v>682</v>
+      </c>
+      <c r="E93" t="s">
+        <v>683</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>684</v>
+      </c>
+      <c r="H93" t="s">
+        <v>685</v>
+      </c>
+      <c r="I93" t="s">
         <v>681</v>
       </c>
-      <c r="E93" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J93" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>165</v>
       </c>
       <c r="B94" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C94" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="D94" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E94" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H94" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="I94" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="J94" t="s">
-        <v>690</v>
+        <v>669</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>165</v>
       </c>
       <c r="B95" t="s">
         <v>691</v>
       </c>
       <c r="C95" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="D95" t="s">
         <v>692</v>
       </c>
       <c r="E95" t="s">
         <v>693</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
         <v>694</v>
       </c>
       <c r="H95" t="s">
         <v>695</v>
       </c>
       <c r="I95" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="J95" t="s">
-        <v>657</v>
+        <v>696</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>165</v>
       </c>
       <c r="B96" t="s">
-        <v>519</v>
+        <v>697</v>
       </c>
       <c r="C96" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="D96" t="s">
-        <v>686</v>
+        <v>698</v>
       </c>
       <c r="E96" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="H96" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="I96" t="s">
-        <v>523</v>
+        <v>13</v>
       </c>
       <c r="J96" t="s">
-        <v>699</v>
+        <v>663</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>165</v>
       </c>
       <c r="B97" t="s">
-        <v>700</v>
+        <v>525</v>
       </c>
       <c r="C97" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="D97" t="s">
-        <v>701</v>
+        <v>692</v>
       </c>
       <c r="E97" t="s">
         <v>702</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
         <v>703</v>
       </c>
       <c r="H97" t="s">
         <v>704</v>
       </c>
       <c r="I97" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="J97" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>165</v>
       </c>
       <c r="B98" t="s">
         <v>706</v>
       </c>
       <c r="C98" t="s">
         <v>13</v>
       </c>
       <c r="D98" t="s">
         <v>707</v>
       </c>
       <c r="E98" t="s">
         <v>708</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>709</v>
       </c>
       <c r="H98" t="s">
         <v>710</v>
       </c>
       <c r="I98" t="s">
         <v>13</v>
       </c>
       <c r="J98" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>165</v>
       </c>
       <c r="B99" t="s">
+        <v>712</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>713</v>
+      </c>
+      <c r="E99" t="s">
+        <v>714</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>715</v>
+      </c>
+      <c r="H99" t="s">
+        <v>716</v>
+      </c>
+      <c r="I99" t="s">
+        <v>13</v>
+      </c>
+      <c r="J99" t="s">
         <v>711</v>
       </c>
-      <c r="C99" t="s">
-[...21 lines deleted...]
-        <v>657</v>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>165</v>
+      </c>
+      <c r="B100" t="s">
+        <v>717</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>718</v>
+      </c>
+      <c r="E100" t="s">
+        <v>719</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>720</v>
+      </c>
+      <c r="H100" t="s">
+        <v>721</v>
+      </c>
+      <c r="I100" t="s">
+        <v>13</v>
+      </c>
+      <c r="J100" t="s">
+        <v>663</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B2" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="C2" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="D2" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="E2" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="H2" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B3" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="C3" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="D3" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="E3" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="H3" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B4" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="C4" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="H4" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B5" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="C5" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="H5" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B6" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="C6" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="H6" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B7" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="C7" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="H7" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B8" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="C8" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="D8" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="E8" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="H8" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B9" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="C9" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="H9" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B10" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="C10" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="D10" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="E10" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="H10" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B11" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="C11" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="H11" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B12" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="C12" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="H12" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B13" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="C13" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="H13" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B14" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="C14" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="H14" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B15" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="C15" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="H15" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B16" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="C16" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="H16" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B17" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="C17" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="H17" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B18" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="C18" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="H18" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B19" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="C19" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="H19" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B20" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="C20" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="H20" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B21" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="C21" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="H21" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B22" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="C22" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="H22" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B23" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="C23" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="H23" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B24" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="C24" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="H24" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B25" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="C25" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="H25" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B26" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="C26" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="H26" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B27" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="C27" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="H27" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B28" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="C28" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="H28" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B29" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="C29" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="H29" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B30" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="C30" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="H30" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B31" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="C31" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="H31" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B32" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="E32" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="H32" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B33" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="E33" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="H33" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B34" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="C34" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="H34" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B35" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="C35" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="H35" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B36" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C36" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="H36" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B37" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="C37" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="H37" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B38" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="C38" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="H38" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B39" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="C39" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="H39" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B40" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="C40" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="H40" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I259"/>
+  <dimension ref="A1:I261"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B2" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="H2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="I2" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B3" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="C3" t="s">
-        <v>918</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="H3" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="I3" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B4" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="H4" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="I4" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B5" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="C5" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="H5" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="I5" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B6" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="H6" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="I6" t="s">
-        <v>916</v>
+        <v>941</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B7" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>943</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="H7" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="I7" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B8" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="H8" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="I8" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B9" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="H9" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="I9" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B10" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="H10" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="I10" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B11" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="C11" t="s">
-        <v>954</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="H11" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="I11" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B12" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C12" t="s">
-        <v>959</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="H12" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="I12" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B13" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>968</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="H13" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="I13" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B14" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>973</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="H14" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="I14" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B15" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="H15" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="I15" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B16" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="H16" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="I16" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B17" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="C17" t="s">
-        <v>980</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="H17" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="I17" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B18" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="H18" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="I18" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B19" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>994</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="H19" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="I19" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B20" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="C20" t="s">
-        <v>993</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="H20" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="I20" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B21" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="H21" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="I21" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B22" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>1007</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="H22" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="I22" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B23" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="H23" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="I23" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B24" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="H24" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="I24" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B25" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1002</v>
+        <v>1020</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="H25" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="I25" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B26" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1016</v>
+        <v>1024</v>
       </c>
       <c r="H26" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
       <c r="I26" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B27" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="H27" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="I27" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B28" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="H28" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="I28" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B29" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="H29" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
       <c r="I29" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B30" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
       <c r="H30" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="I30" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B31" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1031</v>
+        <v>1016</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="H31" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="I31" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B32" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="C32" t="s">
-        <v>1035</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1036</v>
+        <v>1016</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="H32" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="I32" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B33" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="H33" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="I33" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B34" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>1049</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="H34" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="I34" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B35" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="H35" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="I35" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B36" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="H36" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="I36" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B37" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="C37" t="s">
-        <v>1056</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="H37" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="I37" t="s">
-        <v>1060</v>
+        <v>922</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B38" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="C38" t="s">
-        <v>1062</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="H38" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="I38" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B39" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>1070</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="H39" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="I39" t="s">
-        <v>916</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B40" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>1076</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1067</v>
+        <v>1077</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="H40" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="I40" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B41" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="H41" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="I41" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B42" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="H42" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="I42" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B43" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="H43" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="I43" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B44" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="H44" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="I44" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B45" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="H45" t="s">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="I45" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B46" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="C46" t="s">
-        <v>1094</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="H46" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="I46" t="s">
-        <v>922</v>
+        <v>936</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B47" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="H47" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="I47" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B48" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="C48" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="H48" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="I48" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B49" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="H49" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="I49" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B50" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>1117</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="H50" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="I50" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B51" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="H51" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="I51" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B52" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="H52" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="I52" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B53" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="C53" t="s">
-        <v>1123</v>
+        <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="H53" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="I53" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B54" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="H54" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="I54" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B55" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="C55" t="s">
-        <v>13</v>
+        <v>1137</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="H55" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="I55" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B56" t="s">
-        <v>1135</v>
+        <v>1141</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1136</v>
+        <v>1142</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="H56" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="I56" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B57" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="H57" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="I57" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B58" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="C58" t="s">
-        <v>1144</v>
+        <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="H58" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="I58" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B59" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="H59" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="I59" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B60" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="C60" t="s">
-        <v>13</v>
+        <v>1158</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="H60" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="I60" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B61" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="H61" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="I61" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B62" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="H62" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="I62" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B63" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="H63" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="I63" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B64" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="H64" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="I64" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B65" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="H65" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="I65" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B66" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="H66" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="I66" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B67" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="H67" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="I67" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B68" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="H68" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="I68" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B69" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="C69" t="s">
-        <v>1189</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="H69" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="I69" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B70" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="H70" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="I70" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B71" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>1203</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="H71" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="I71" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B72" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="H72" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="I72" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B73" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="H73" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="I73" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B74" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="H74" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="I74" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B75" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="H75" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="I75" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B76" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="H76" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="I76" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B77" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="H77" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="I77" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B78" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="H78" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="I78" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B79" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="C79" t="s">
-        <v>1229</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="H79" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="I79" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B80" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="C80" t="s">
-        <v>1234</v>
+        <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="H80" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="I80" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B81" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C81" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="H81" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="I81" t="s">
-        <v>922</v>
+        <v>936</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B82" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>1248</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="H82" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="I82" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B83" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>1253</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="H83" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="I83" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B84" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="H84" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="I84" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B85" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="H85" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="I85" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B86" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="H86" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="I86" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B87" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="H87" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
       <c r="I87" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B88" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="H88" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="I88" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B89" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="C89" t="s">
-        <v>1272</v>
+        <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="H89" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="I89" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B90" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="C90" t="s">
         <v>13</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="H90" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="I90" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B91" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="C91" t="s">
-        <v>13</v>
+        <v>1286</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="H91" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="I91" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B92" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="H92" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="I92" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B93" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="C93" t="s">
         <v>13</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
       <c r="H93" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="I93" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B94" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="C94" t="s">
         <v>13</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="H94" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="I94" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B95" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
       <c r="C95" t="s">
         <v>13</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
       <c r="H95" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="I95" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B96" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="C96" t="s">
         <v>13</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="H96" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="I96" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B97" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="C97" t="s">
         <v>13</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="H97" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="I97" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B98" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="C98" t="s">
         <v>13</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="H98" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="I98" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B99" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="C99" t="s">
         <v>13</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="H99" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="I99" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B100" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="C100" t="s">
         <v>13</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="H100" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="I100" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B101" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="C101" t="s">
         <v>13</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="H101" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="I101" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B102" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="C102" t="s">
         <v>13</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="H102" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="I102" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B103" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="C103" t="s">
-        <v>1329</v>
+        <v>13</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="H103" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="I103" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B104" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="C104" t="s">
         <v>13</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="H104" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="I104" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B105" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="C105" t="s">
-        <v>13</v>
+        <v>1343</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="H105" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="I105" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B106" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="C106" t="s">
         <v>13</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="H106" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="I106" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B107" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="C107" t="s">
         <v>13</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="H107" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="I107" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B108" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="C108" t="s">
         <v>13</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="H108" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="I108" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B109" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="C109" t="s">
         <v>13</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="H109" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="I109" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B110" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="C110" t="s">
         <v>13</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="H110" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="I110" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B111" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="C111" t="s">
         <v>13</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="H111" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="I111" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B112" t="s">
-        <v>1365</v>
+        <v>1371</v>
       </c>
       <c r="C112" t="s">
         <v>13</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="H112" t="s">
-        <v>1368</v>
+        <v>1374</v>
       </c>
       <c r="I112" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B113" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="C113" t="s">
         <v>13</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="H113" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="I113" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B114" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="C114" t="s">
         <v>13</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="H114" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="I114" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B115" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="C115" t="s">
         <v>13</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="H115" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="I115" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B116" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="C116" t="s">
         <v>13</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="H116" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="I116" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B117" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
       <c r="C117" t="s">
         <v>13</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>1387</v>
+        <v>1393</v>
       </c>
       <c r="H117" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="I117" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B118" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="C118" t="s">
         <v>13</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="H118" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="I118" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B119" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="C119" t="s">
         <v>13</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="H119" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="I119" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B120" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="C120" t="s">
         <v>13</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="H120" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="I120" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B121" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="C121" t="s">
         <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="H121" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="I121" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B122" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="C122" t="s">
-        <v>1405</v>
+        <v>13</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="H122" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="I122" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B123" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="C123" t="s">
         <v>13</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="H123" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="I123" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B124" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="C124" t="s">
-        <v>13</v>
+        <v>1419</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="H124" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="I124" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B125" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="C125" t="s">
         <v>13</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="H125" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="I125" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B126" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="C126" t="s">
         <v>13</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>870</v>
+        <v>1428</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="H126" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="I126" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B127" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="C127" t="s">
         <v>13</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="H127" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="I127" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B128" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="C128" t="s">
         <v>13</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>1428</v>
+        <v>876</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="H128" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="I128" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B129" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="C129" t="s">
         <v>13</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="H129" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="I129" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B130" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="C130" t="s">
         <v>13</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="H130" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="I130" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B131" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
       <c r="C131" t="s">
         <v>13</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="H131" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="I131" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B132" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="C132" t="s">
         <v>13</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="H132" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="I132" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B133" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="C133" t="s">
         <v>13</v>
       </c>
       <c r="D133" t="s">
         <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="H133" t="s">
-        <v>1450</v>
+        <v>1456</v>
       </c>
       <c r="I133" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B134" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="C134" t="s">
         <v>13</v>
       </c>
       <c r="D134" t="s">
         <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
       <c r="H134" t="s">
-        <v>1454</v>
+        <v>1460</v>
       </c>
       <c r="I134" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B135" t="s">
-        <v>1455</v>
+        <v>1461</v>
       </c>
       <c r="C135" t="s">
         <v>13</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="H135" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="I135" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B136" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="C136" t="s">
         <v>13</v>
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="H136" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="I136" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B137" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="C137" t="s">
-        <v>1464</v>
+        <v>13</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
       <c r="H137" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="I137" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B138" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="C138" t="s">
         <v>13</v>
       </c>
       <c r="D138" t="s">
         <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>1469</v>
+        <v>1474</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="H138" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="I138" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B139" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
       <c r="C139" t="s">
-        <v>13</v>
+        <v>1478</v>
       </c>
       <c r="D139" t="s">
         <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="H139" t="s">
-        <v>1475</v>
+        <v>1481</v>
       </c>
       <c r="I139" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B140" t="s">
-        <v>1476</v>
+        <v>1482</v>
       </c>
       <c r="C140" t="s">
         <v>13</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>1478</v>
+        <v>1484</v>
       </c>
       <c r="H140" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="I140" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B141" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="C141" t="s">
         <v>13</v>
       </c>
       <c r="D141" t="s">
         <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="H141" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="I141" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B142" t="s">
-        <v>1484</v>
+        <v>1490</v>
       </c>
       <c r="C142" t="s">
         <v>13</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="H142" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="I142" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B143" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="C143" t="s">
         <v>13</v>
       </c>
       <c r="D143" t="s">
         <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="H143" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="I143" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B144" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="C144" t="s">
         <v>13</v>
       </c>
       <c r="D144" t="s">
         <v>13</v>
       </c>
       <c r="E144" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="H144" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="I144" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B145" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="C145" t="s">
-        <v>1497</v>
+        <v>13</v>
       </c>
       <c r="D145" t="s">
         <v>13</v>
       </c>
       <c r="E145" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="H145" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="I145" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B146" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="C146" t="s">
         <v>13</v>
       </c>
       <c r="D146" t="s">
         <v>13</v>
       </c>
       <c r="E146" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="H146" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="I146" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B147" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="C147" t="s">
-        <v>13</v>
+        <v>1511</v>
       </c>
       <c r="D147" t="s">
         <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="H147" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="I147" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B148" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="C148" t="s">
         <v>13</v>
       </c>
       <c r="D148" t="s">
         <v>13</v>
       </c>
       <c r="E148" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="H148" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="I148" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B149" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="C149" t="s">
         <v>13</v>
       </c>
       <c r="D149" t="s">
         <v>13</v>
       </c>
       <c r="E149" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="H149" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="I149" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B150" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="C150" t="s">
         <v>13</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
       <c r="E150" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="H150" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
       <c r="I150" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B151" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="C151" t="s">
-        <v>1522</v>
+        <v>13</v>
       </c>
       <c r="D151" t="s">
         <v>13</v>
       </c>
       <c r="E151" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="F151" t="s">
         <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>1524</v>
+        <v>1529</v>
       </c>
       <c r="H151" t="s">
-        <v>1525</v>
+        <v>1530</v>
       </c>
       <c r="I151" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B152" t="s">
-        <v>1526</v>
+        <v>1531</v>
       </c>
       <c r="C152" t="s">
         <v>13</v>
       </c>
       <c r="D152" t="s">
         <v>13</v>
       </c>
       <c r="E152" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
       <c r="H152" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="I152" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B153" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="C153" t="s">
-        <v>13</v>
+        <v>1536</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="F153" t="s">
         <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="H153" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="I153" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B154" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="C154" t="s">
         <v>13</v>
       </c>
       <c r="D154" t="s">
         <v>13</v>
       </c>
       <c r="E154" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="F154" t="s">
         <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="H154" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="I154" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B155" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="C155" t="s">
         <v>13</v>
       </c>
       <c r="D155" t="s">
         <v>13</v>
       </c>
       <c r="E155" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="F155" t="s">
         <v>13</v>
       </c>
       <c r="G155" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="H155" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="I155" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B156" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="C156" t="s">
         <v>13</v>
       </c>
       <c r="D156" t="s">
         <v>13</v>
       </c>
       <c r="E156" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="H156" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="I156" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B157" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="C157" t="s">
         <v>13</v>
       </c>
       <c r="D157" t="s">
         <v>13</v>
       </c>
       <c r="E157" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>1548</v>
+        <v>1554</v>
       </c>
       <c r="H157" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I157" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B158" t="s">
-        <v>1550</v>
+        <v>1556</v>
       </c>
       <c r="C158" t="s">
         <v>13</v>
       </c>
       <c r="D158" t="s">
         <v>13</v>
       </c>
       <c r="E158" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="H158" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
       <c r="I158" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B159" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
       <c r="C159" t="s">
         <v>13</v>
       </c>
       <c r="D159" t="s">
         <v>13</v>
       </c>
       <c r="E159" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>1556</v>
+        <v>1562</v>
       </c>
       <c r="H159" t="s">
-        <v>1557</v>
+        <v>1563</v>
       </c>
       <c r="I159" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B160" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="C160" t="s">
         <v>13</v>
       </c>
       <c r="D160" t="s">
         <v>13</v>
       </c>
       <c r="E160" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="H160" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="I160" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B161" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="C161" t="s">
         <v>13</v>
       </c>
       <c r="D161" t="s">
         <v>13</v>
       </c>
       <c r="E161" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="H161" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="I161" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B162" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="C162" t="s">
         <v>13</v>
       </c>
       <c r="D162" t="s">
         <v>13</v>
       </c>
       <c r="E162" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="F162" t="s">
         <v>13</v>
       </c>
       <c r="G162" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
       <c r="H162" t="s">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="I162" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B163" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="C163" t="s">
         <v>13</v>
       </c>
       <c r="D163" t="s">
         <v>13</v>
       </c>
       <c r="E163" t="s">
-        <v>1571</v>
+        <v>1577</v>
       </c>
       <c r="F163" t="s">
         <v>13</v>
       </c>
       <c r="G163" t="s">
-        <v>1572</v>
+        <v>1578</v>
       </c>
       <c r="H163" t="s">
-        <v>1573</v>
+        <v>1579</v>
       </c>
       <c r="I163" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B164" t="s">
-        <v>1574</v>
+        <v>1580</v>
       </c>
       <c r="C164" t="s">
         <v>13</v>
       </c>
       <c r="D164" t="s">
         <v>13</v>
       </c>
       <c r="E164" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="H164" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="I164" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B165" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
       <c r="C165" t="s">
         <v>13</v>
       </c>
       <c r="D165" t="s">
         <v>13</v>
       </c>
       <c r="E165" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
       <c r="H165" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="I165" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B166" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="C166" t="s">
         <v>13</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
       <c r="E166" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="H166" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="I166" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B167" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="C167" t="s">
         <v>13</v>
       </c>
       <c r="D167" t="s">
         <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="H167" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="I167" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B168" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="C168" t="s">
         <v>13</v>
       </c>
       <c r="D168" t="s">
         <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="H168" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
       <c r="I168" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B169" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="C169" t="s">
         <v>13</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
       <c r="E169" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="H169" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="I169" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B170" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="C170" t="s">
-        <v>1599</v>
+        <v>13</v>
       </c>
       <c r="D170" t="s">
         <v>13</v>
       </c>
       <c r="E170" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="H170" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="I170" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B171" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="C171" t="s">
         <v>13</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
       <c r="E171" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="H171" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="I171" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B172" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="C172" t="s">
-        <v>13</v>
+        <v>1613</v>
       </c>
       <c r="D172" t="s">
         <v>13</v>
       </c>
       <c r="E172" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
       <c r="H172" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="I172" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B173" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="C173" t="s">
         <v>13</v>
       </c>
       <c r="D173" t="s">
         <v>13</v>
       </c>
       <c r="E173" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="H173" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
       <c r="I173" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B174" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="C174" t="s">
         <v>13</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="H174" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="I174" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B175" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="C175" t="s">
         <v>13</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
       <c r="E175" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="H175" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="I175" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B176" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="C176" t="s">
         <v>13</v>
       </c>
       <c r="D176" t="s">
         <v>13</v>
       </c>
       <c r="E176" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="H176" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="I176" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B177" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="C177" t="s">
         <v>13</v>
       </c>
       <c r="D177" t="s">
         <v>13</v>
       </c>
       <c r="E177" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="F177" t="s">
         <v>13</v>
       </c>
       <c r="G177" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="H177" t="s">
-        <v>1630</v>
+        <v>1636</v>
       </c>
       <c r="I177" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B178" t="s">
-        <v>1631</v>
+        <v>1637</v>
       </c>
       <c r="C178" t="s">
         <v>13</v>
       </c>
       <c r="D178" t="s">
         <v>13</v>
       </c>
       <c r="E178" t="s">
-        <v>1632</v>
+        <v>1638</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="H178" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="I178" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B179" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="C179" t="s">
         <v>13</v>
       </c>
       <c r="D179" t="s">
         <v>13</v>
       </c>
       <c r="E179" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="F179" t="s">
         <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="H179" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="I179" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B180" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="C180" t="s">
         <v>13</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
       <c r="E180" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>1641</v>
+        <v>1647</v>
       </c>
       <c r="H180" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="I180" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B181" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="C181" t="s">
         <v>13</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
       <c r="E181" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="F181" t="s">
         <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="H181" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="I181" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B182" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="C182" t="s">
         <v>13</v>
       </c>
       <c r="D182" t="s">
         <v>13</v>
       </c>
       <c r="E182" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="H182" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="I182" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B183" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="C183" t="s">
         <v>13</v>
       </c>
       <c r="D183" t="s">
         <v>13</v>
       </c>
       <c r="E183" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="H183" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
       <c r="I183" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B184" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
       <c r="C184" t="s">
         <v>13</v>
       </c>
       <c r="D184" t="s">
         <v>13</v>
       </c>
       <c r="E184" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
       <c r="H184" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
       <c r="I184" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B185" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
       <c r="C185" t="s">
         <v>13</v>
       </c>
       <c r="D185" t="s">
         <v>13</v>
       </c>
       <c r="E185" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" t="s">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="H185" t="s">
-        <v>1661</v>
+        <v>1667</v>
       </c>
       <c r="I185" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B186" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="C186" t="s">
         <v>13</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
       <c r="E186" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="H186" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="I186" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B187" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="C187" t="s">
         <v>13</v>
       </c>
       <c r="D187" t="s">
         <v>13</v>
       </c>
       <c r="E187" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="H187" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="I187" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B188" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="C188" t="s">
         <v>13</v>
       </c>
       <c r="D188" t="s">
         <v>13</v>
       </c>
       <c r="E188" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="H188" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="I188" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B189" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="C189" t="s">
         <v>13</v>
       </c>
       <c r="D189" t="s">
         <v>13</v>
       </c>
       <c r="E189" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="H189" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="I189" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B190" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="C190" t="s">
         <v>13</v>
       </c>
       <c r="D190" t="s">
         <v>13</v>
       </c>
       <c r="E190" t="s">
-        <v>1675</v>
+        <v>1685</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="H190" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
       <c r="I190" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B191" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="C191" t="s">
         <v>13</v>
       </c>
       <c r="D191" t="s">
         <v>13</v>
       </c>
       <c r="E191" t="s">
-        <v>1675</v>
+        <v>1689</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="H191" t="s">
-        <v>1683</v>
+        <v>1691</v>
       </c>
       <c r="I191" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B192" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="C192" t="s">
         <v>13</v>
       </c>
       <c r="D192" t="s">
         <v>13</v>
       </c>
       <c r="E192" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="H192" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="I192" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B193" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="C193" t="s">
         <v>13</v>
       </c>
       <c r="D193" t="s">
         <v>13</v>
       </c>
       <c r="E193" t="s">
         <v>1689</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="H193" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="I193" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B194" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="C194" t="s">
         <v>13</v>
       </c>
       <c r="D194" t="s">
         <v>13</v>
       </c>
       <c r="E194" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="H194" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="I194" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B195" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="C195" t="s">
         <v>13</v>
       </c>
       <c r="D195" t="s">
         <v>13</v>
       </c>
       <c r="E195" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="H195" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="I195" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B196" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="C196" t="s">
         <v>13</v>
       </c>
       <c r="D196" t="s">
         <v>13</v>
       </c>
       <c r="E196" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="H196" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="I196" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B197" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="C197" t="s">
         <v>13</v>
       </c>
       <c r="D197" t="s">
         <v>13</v>
       </c>
       <c r="E197" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="F197" t="s">
         <v>13</v>
       </c>
       <c r="G197" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="H197" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="I197" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B198" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="C198" t="s">
         <v>13</v>
       </c>
       <c r="D198" t="s">
         <v>13</v>
       </c>
       <c r="E198" t="s">
-        <v>1705</v>
+        <v>1715</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="H198" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="I198" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B199" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="C199" t="s">
         <v>13</v>
       </c>
       <c r="D199" t="s">
         <v>13</v>
       </c>
       <c r="E199" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="H199" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="I199" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B200" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
       <c r="C200" t="s">
         <v>13</v>
       </c>
       <c r="D200" t="s">
         <v>13</v>
       </c>
       <c r="E200" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="H200" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="I200" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B201" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
       <c r="C201" t="s">
         <v>13</v>
       </c>
       <c r="D201" t="s">
         <v>13</v>
       </c>
       <c r="E201" t="s">
-        <v>1716</v>
+        <v>1726</v>
       </c>
       <c r="F201" t="s">
         <v>13</v>
       </c>
       <c r="G201" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="H201" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="I201" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B202" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="C202" t="s">
         <v>13</v>
       </c>
       <c r="D202" t="s">
         <v>13</v>
       </c>
       <c r="E202" t="s">
-        <v>1716</v>
+        <v>1730</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="H202" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="I202" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B203" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
       <c r="C203" t="s">
         <v>13</v>
       </c>
       <c r="D203" t="s">
         <v>13</v>
       </c>
       <c r="E203" t="s">
-        <v>1716</v>
+        <v>1730</v>
       </c>
       <c r="F203" t="s">
         <v>13</v>
       </c>
       <c r="G203" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="H203" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="I203" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B204" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="C204" t="s">
         <v>13</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="H204" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="I204" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B205" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="C205" t="s">
         <v>13</v>
       </c>
       <c r="D205" t="s">
         <v>13</v>
       </c>
       <c r="E205" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="H205" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="I205" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B206" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
       <c r="C206" t="s">
         <v>13</v>
       </c>
       <c r="D206" t="s">
         <v>13</v>
       </c>
       <c r="E206" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="H206" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="I206" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B207" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="C207" t="s">
         <v>13</v>
       </c>
       <c r="D207" t="s">
         <v>13</v>
       </c>
       <c r="E207" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="H207" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="I207" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B208" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="C208" t="s">
         <v>13</v>
       </c>
       <c r="D208" t="s">
         <v>13</v>
       </c>
       <c r="E208" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="F208" t="s">
         <v>13</v>
       </c>
       <c r="G208" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="H208" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
       <c r="I208" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B209" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="C209" t="s">
         <v>13</v>
       </c>
       <c r="D209" t="s">
         <v>13</v>
       </c>
       <c r="E209" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="F209" t="s">
         <v>13</v>
       </c>
       <c r="G209" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="H209" t="s">
-        <v>1751</v>
+        <v>1757</v>
       </c>
       <c r="I209" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B210" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="C210" t="s">
         <v>13</v>
       </c>
       <c r="D210" t="s">
         <v>13</v>
       </c>
       <c r="E210" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
       <c r="H210" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="I210" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B211" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="C211" t="s">
         <v>13</v>
       </c>
       <c r="D211" t="s">
         <v>13</v>
       </c>
       <c r="E211" t="s">
-        <v>1757</v>
+        <v>1763</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="H211" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
       <c r="I211" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B212" t="s">
-        <v>1760</v>
+        <v>1766</v>
       </c>
       <c r="C212" t="s">
         <v>13</v>
       </c>
       <c r="D212" t="s">
         <v>13</v>
       </c>
       <c r="E212" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="F212" t="s">
         <v>13</v>
       </c>
       <c r="G212" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="H212" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="I212" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B213" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="C213" t="s">
         <v>13</v>
       </c>
       <c r="D213" t="s">
         <v>13</v>
       </c>
       <c r="E213" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="F213" t="s">
         <v>13</v>
       </c>
       <c r="G213" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="H213" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="I213" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B214" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="C214" t="s">
         <v>13</v>
       </c>
       <c r="D214" t="s">
         <v>13</v>
       </c>
       <c r="E214" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="F214" t="s">
         <v>13</v>
       </c>
       <c r="G214" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="H214" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
       <c r="I214" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B215" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="C215" t="s">
         <v>13</v>
       </c>
       <c r="D215" t="s">
         <v>13</v>
       </c>
       <c r="E215" t="s">
-        <v>1769</v>
+        <v>1779</v>
       </c>
       <c r="F215" t="s">
         <v>13</v>
       </c>
       <c r="G215" t="s">
-        <v>1773</v>
+        <v>1780</v>
       </c>
       <c r="H215" t="s">
-        <v>1774</v>
+        <v>1781</v>
       </c>
       <c r="I215" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B216" t="s">
-        <v>1775</v>
+        <v>1782</v>
       </c>
       <c r="C216" t="s">
         <v>13</v>
       </c>
       <c r="D216" t="s">
         <v>13</v>
       </c>
       <c r="E216" t="s">
-        <v>1776</v>
+        <v>1783</v>
       </c>
       <c r="F216" t="s">
         <v>13</v>
       </c>
       <c r="G216" t="s">
-        <v>1777</v>
+        <v>1784</v>
       </c>
       <c r="H216" t="s">
-        <v>1778</v>
+        <v>1785</v>
       </c>
       <c r="I216" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B217" t="s">
-        <v>1779</v>
+        <v>1786</v>
       </c>
       <c r="C217" t="s">
         <v>13</v>
       </c>
       <c r="D217" t="s">
         <v>13</v>
       </c>
       <c r="E217" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="F217" t="s">
         <v>13</v>
       </c>
       <c r="G217" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="H217" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="I217" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B218" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="C218" t="s">
         <v>13</v>
       </c>
       <c r="D218" t="s">
         <v>13</v>
       </c>
       <c r="E218" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="F218" t="s">
         <v>13</v>
       </c>
       <c r="G218" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="H218" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="I218" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B219" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="C219" t="s">
         <v>13</v>
       </c>
       <c r="D219" t="s">
         <v>13</v>
       </c>
       <c r="E219" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="F219" t="s">
         <v>13</v>
       </c>
       <c r="G219" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="H219" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="I219" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B220" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="C220" t="s">
         <v>13</v>
       </c>
       <c r="D220" t="s">
         <v>13</v>
       </c>
       <c r="E220" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="F220" t="s">
         <v>13</v>
       </c>
       <c r="G220" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="H220" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="I220" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B221" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="C221" t="s">
         <v>13</v>
       </c>
       <c r="D221" t="s">
         <v>13</v>
       </c>
       <c r="E221" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="F221" t="s">
         <v>13</v>
       </c>
       <c r="G221" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="H221" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="I221" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B222" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="C222" t="s">
         <v>13</v>
       </c>
       <c r="D222" t="s">
         <v>13</v>
       </c>
       <c r="E222" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="F222" t="s">
         <v>13</v>
       </c>
       <c r="G222" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="H222" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="I222" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B223" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="C223" t="s">
         <v>13</v>
       </c>
       <c r="D223" t="s">
         <v>13</v>
       </c>
       <c r="E223" t="s">
-        <v>1800</v>
+        <v>1810</v>
       </c>
       <c r="F223" t="s">
         <v>13</v>
       </c>
       <c r="G223" t="s">
-        <v>1804</v>
+        <v>1811</v>
       </c>
       <c r="H223" t="s">
-        <v>1805</v>
+        <v>1812</v>
       </c>
       <c r="I223" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B224" t="s">
-        <v>1806</v>
+        <v>1813</v>
       </c>
       <c r="C224" t="s">
         <v>13</v>
       </c>
       <c r="D224" t="s">
         <v>13</v>
       </c>
       <c r="E224" t="s">
-        <v>1807</v>
+        <v>1814</v>
       </c>
       <c r="F224" t="s">
         <v>13</v>
       </c>
       <c r="G224" t="s">
-        <v>1808</v>
+        <v>1815</v>
       </c>
       <c r="H224" t="s">
-        <v>1809</v>
+        <v>1816</v>
       </c>
       <c r="I224" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B225" t="s">
-        <v>1810</v>
+        <v>1817</v>
       </c>
       <c r="C225" t="s">
         <v>13</v>
       </c>
       <c r="D225" t="s">
         <v>13</v>
       </c>
       <c r="E225" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="F225" t="s">
         <v>13</v>
       </c>
       <c r="G225" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="H225" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="I225" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B226" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="C226" t="s">
         <v>13</v>
       </c>
       <c r="D226" t="s">
         <v>13</v>
       </c>
       <c r="E226" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="F226" t="s">
         <v>13</v>
       </c>
       <c r="G226" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="H226" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="I226" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B227" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="C227" t="s">
         <v>13</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
       <c r="E227" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="F227" t="s">
         <v>13</v>
       </c>
       <c r="G227" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="H227" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="I227" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B228" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
       <c r="C228" t="s">
         <v>13</v>
       </c>
       <c r="D228" t="s">
         <v>13</v>
       </c>
       <c r="E228" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="F228" t="s">
         <v>13</v>
       </c>
       <c r="G228" t="s">
-        <v>1824</v>
+        <v>1830</v>
       </c>
       <c r="H228" t="s">
-        <v>1825</v>
+        <v>1831</v>
       </c>
       <c r="I228" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B229" t="s">
-        <v>1826</v>
+        <v>1832</v>
       </c>
       <c r="C229" t="s">
         <v>13</v>
       </c>
       <c r="D229" t="s">
         <v>13</v>
       </c>
       <c r="E229" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="F229" t="s">
         <v>13</v>
       </c>
       <c r="G229" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
       <c r="H229" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="I229" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B230" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="C230" t="s">
         <v>13</v>
       </c>
       <c r="D230" t="s">
         <v>13</v>
       </c>
       <c r="E230" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
       <c r="F230" t="s">
         <v>13</v>
       </c>
       <c r="G230" t="s">
-        <v>1832</v>
+        <v>1838</v>
       </c>
       <c r="H230" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
       <c r="I230" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B231" t="s">
-        <v>1834</v>
+        <v>1840</v>
       </c>
       <c r="C231" t="s">
         <v>13</v>
       </c>
       <c r="D231" t="s">
         <v>13</v>
       </c>
       <c r="E231" t="s">
-        <v>1835</v>
+        <v>1841</v>
       </c>
       <c r="F231" t="s">
         <v>13</v>
       </c>
       <c r="G231" t="s">
-        <v>1836</v>
+        <v>1842</v>
       </c>
       <c r="H231" t="s">
-        <v>1837</v>
+        <v>1843</v>
       </c>
       <c r="I231" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B232" t="s">
-        <v>1838</v>
+        <v>1844</v>
       </c>
       <c r="C232" t="s">
         <v>13</v>
       </c>
       <c r="D232" t="s">
         <v>13</v>
       </c>
       <c r="E232" t="s">
-        <v>1839</v>
+        <v>1845</v>
       </c>
       <c r="F232" t="s">
         <v>13</v>
       </c>
       <c r="G232" t="s">
-        <v>1840</v>
+        <v>1846</v>
       </c>
       <c r="H232" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="I232" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B233" t="s">
-        <v>1842</v>
+        <v>1848</v>
       </c>
       <c r="C233" t="s">
         <v>13</v>
       </c>
       <c r="D233" t="s">
         <v>13</v>
       </c>
       <c r="E233" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
       <c r="F233" t="s">
         <v>13</v>
       </c>
       <c r="G233" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="H233" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="I233" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B234" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="C234" t="s">
         <v>13</v>
       </c>
       <c r="D234" t="s">
         <v>13</v>
       </c>
       <c r="E234" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="F234" t="s">
         <v>13</v>
       </c>
       <c r="G234" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
       <c r="H234" t="s">
-        <v>1849</v>
+        <v>1855</v>
       </c>
       <c r="I234" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B235" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="C235" t="s">
         <v>13</v>
       </c>
       <c r="D235" t="s">
         <v>13</v>
       </c>
       <c r="E235" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
       <c r="F235" t="s">
         <v>13</v>
       </c>
       <c r="G235" t="s">
-        <v>1852</v>
+        <v>1858</v>
       </c>
       <c r="H235" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
       <c r="I235" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B236" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="C236" t="s">
         <v>13</v>
       </c>
       <c r="D236" t="s">
         <v>13</v>
       </c>
       <c r="E236" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="F236" t="s">
         <v>13</v>
       </c>
       <c r="G236" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="H236" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="I236" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B237" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="C237" t="s">
         <v>13</v>
       </c>
       <c r="D237" t="s">
         <v>13</v>
       </c>
       <c r="E237" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="F237" t="s">
         <v>13</v>
       </c>
       <c r="G237" t="s">
-        <v>1860</v>
+        <v>1866</v>
       </c>
       <c r="H237" t="s">
-        <v>1861</v>
+        <v>1867</v>
       </c>
       <c r="I237" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B238" t="s">
-        <v>1862</v>
+        <v>1868</v>
       </c>
       <c r="C238" t="s">
         <v>13</v>
       </c>
       <c r="D238" t="s">
         <v>13</v>
       </c>
       <c r="E238" t="s">
-        <v>1863</v>
+        <v>1869</v>
       </c>
       <c r="F238" t="s">
         <v>13</v>
       </c>
       <c r="G238" t="s">
-        <v>1864</v>
+        <v>1870</v>
       </c>
       <c r="H238" t="s">
-        <v>1865</v>
+        <v>1871</v>
       </c>
       <c r="I238" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B239" t="s">
-        <v>1866</v>
+        <v>1872</v>
       </c>
       <c r="C239" t="s">
         <v>13</v>
       </c>
       <c r="D239" t="s">
         <v>13</v>
       </c>
       <c r="E239" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
       <c r="F239" t="s">
         <v>13</v>
       </c>
       <c r="G239" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="H239" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
       <c r="I239" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B240" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="C240" t="s">
         <v>13</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240" t="s">
-        <v>1867</v>
+        <v>1877</v>
       </c>
       <c r="F240" t="s">
         <v>13</v>
       </c>
       <c r="G240" t="s">
-        <v>1871</v>
+        <v>1878</v>
       </c>
       <c r="H240" t="s">
-        <v>1872</v>
+        <v>1879</v>
       </c>
       <c r="I240" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B241" t="s">
-        <v>1873</v>
+        <v>1880</v>
       </c>
       <c r="C241" t="s">
         <v>13</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
       <c r="E241" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="F241" t="s">
         <v>13</v>
       </c>
       <c r="G241" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="H241" t="s">
-        <v>1876</v>
+        <v>1883</v>
       </c>
       <c r="I241" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B242" t="s">
-        <v>1877</v>
+        <v>1884</v>
       </c>
       <c r="C242" t="s">
         <v>13</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
       <c r="E242" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="F242" t="s">
         <v>13</v>
       </c>
       <c r="G242" t="s">
-        <v>1878</v>
+        <v>1885</v>
       </c>
       <c r="H242" t="s">
-        <v>1879</v>
+        <v>1886</v>
       </c>
       <c r="I242" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B243" t="s">
-        <v>1880</v>
+        <v>1887</v>
       </c>
       <c r="C243" t="s">
         <v>13</v>
       </c>
       <c r="D243" t="s">
         <v>13</v>
       </c>
       <c r="E243" t="s">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="F243" t="s">
         <v>13</v>
       </c>
       <c r="G243" t="s">
-        <v>1882</v>
+        <v>1889</v>
       </c>
       <c r="H243" t="s">
-        <v>1883</v>
+        <v>1890</v>
       </c>
       <c r="I243" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B244" t="s">
-        <v>1884</v>
+        <v>1891</v>
       </c>
       <c r="C244" t="s">
         <v>13</v>
       </c>
       <c r="D244" t="s">
         <v>13</v>
       </c>
       <c r="E244" t="s">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="F244" t="s">
         <v>13</v>
       </c>
       <c r="G244" t="s">
-        <v>1885</v>
+        <v>1892</v>
       </c>
       <c r="H244" t="s">
-        <v>1886</v>
+        <v>1893</v>
       </c>
       <c r="I244" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B245" t="s">
-        <v>1887</v>
+        <v>1894</v>
       </c>
       <c r="C245" t="s">
         <v>13</v>
       </c>
       <c r="D245" t="s">
         <v>13</v>
       </c>
       <c r="E245" t="s">
-        <v>1881</v>
+        <v>1895</v>
       </c>
       <c r="F245" t="s">
         <v>13</v>
       </c>
       <c r="G245" t="s">
-        <v>1888</v>
+        <v>1896</v>
       </c>
       <c r="H245" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
       <c r="I245" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B246" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
       <c r="C246" t="s">
         <v>13</v>
       </c>
       <c r="D246" t="s">
         <v>13</v>
       </c>
       <c r="E246" t="s">
-        <v>1881</v>
+        <v>1895</v>
       </c>
       <c r="F246" t="s">
         <v>13</v>
       </c>
       <c r="G246" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="H246" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="I246" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B247" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
       <c r="C247" t="s">
         <v>13</v>
       </c>
       <c r="D247" t="s">
         <v>13</v>
       </c>
       <c r="E247" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="F247" t="s">
         <v>13</v>
       </c>
       <c r="G247" t="s">
-        <v>1895</v>
+        <v>1902</v>
       </c>
       <c r="H247" t="s">
-        <v>1896</v>
+        <v>1903</v>
       </c>
       <c r="I247" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B248" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
       <c r="C248" t="s">
         <v>13</v>
       </c>
       <c r="D248" t="s">
         <v>13</v>
       </c>
       <c r="E248" t="s">
-        <v>1898</v>
+        <v>1895</v>
       </c>
       <c r="F248" t="s">
         <v>13</v>
       </c>
       <c r="G248" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
       <c r="H248" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="I248" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B249" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
       <c r="C249" t="s">
         <v>13</v>
       </c>
       <c r="D249" t="s">
         <v>13</v>
       </c>
       <c r="E249" t="s">
-        <v>1898</v>
+        <v>1908</v>
       </c>
       <c r="F249" t="s">
         <v>13</v>
       </c>
       <c r="G249" t="s">
-        <v>1902</v>
+        <v>1909</v>
       </c>
       <c r="H249" t="s">
-        <v>1903</v>
+        <v>1910</v>
       </c>
       <c r="I249" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B250" t="s">
-        <v>1904</v>
+        <v>1911</v>
       </c>
       <c r="C250" t="s">
-        <v>1905</v>
+        <v>13</v>
       </c>
       <c r="D250" t="s">
         <v>13</v>
       </c>
       <c r="E250" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="F250" t="s">
         <v>13</v>
       </c>
       <c r="G250" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="H250" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="I250" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B251" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
       <c r="C251" t="s">
         <v>13</v>
       </c>
       <c r="D251" t="s">
         <v>13</v>
       </c>
       <c r="E251" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="F251" t="s">
         <v>13</v>
       </c>
       <c r="G251" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="H251" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="I251" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B252" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="C252" t="s">
-        <v>13</v>
+        <v>1919</v>
       </c>
       <c r="D252" t="s">
         <v>13</v>
       </c>
       <c r="E252" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
       <c r="F252" t="s">
         <v>13</v>
       </c>
       <c r="G252" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
       <c r="H252" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="I252" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B253" t="s">
-        <v>1917</v>
+        <v>1923</v>
       </c>
       <c r="C253" t="s">
         <v>13</v>
       </c>
       <c r="D253" t="s">
         <v>13</v>
       </c>
       <c r="E253" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
       <c r="F253" t="s">
         <v>13</v>
       </c>
       <c r="G253" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="H253" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="I253" t="s">
-        <v>916</v>
+        <v>936</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B254" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="C254" t="s">
-        <v>1922</v>
+        <v>13</v>
       </c>
       <c r="D254" t="s">
         <v>13</v>
       </c>
       <c r="E254" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="F254" t="s">
         <v>13</v>
       </c>
       <c r="G254" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="H254" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="I254" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B255" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="C255" t="s">
-        <v>1927</v>
+        <v>13</v>
       </c>
       <c r="D255" t="s">
         <v>13</v>
       </c>
       <c r="E255" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="F255" t="s">
         <v>13</v>
       </c>
       <c r="G255" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="H255" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="I255" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B256" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="C256" t="s">
-        <v>13</v>
+        <v>1936</v>
       </c>
       <c r="D256" t="s">
         <v>13</v>
       </c>
       <c r="E256" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="F256" t="s">
         <v>13</v>
       </c>
       <c r="G256" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="H256" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="I256" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B257" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="C257" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="D257" t="s">
         <v>13</v>
       </c>
       <c r="E257" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="F257" t="s">
         <v>13</v>
       </c>
       <c r="G257" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
       <c r="H257" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="I257" t="s">
-        <v>922</v>
+        <v>936</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B258" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="C258" t="s">
         <v>13</v>
       </c>
       <c r="D258" t="s">
         <v>13</v>
       </c>
       <c r="E258" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="F258" t="s">
         <v>13</v>
       </c>
       <c r="G258" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="H258" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="I258" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B259" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="C259" t="s">
-        <v>13</v>
+        <v>1950</v>
       </c>
       <c r="D259" t="s">
         <v>13</v>
       </c>
       <c r="E259" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
       <c r="F259" t="s">
         <v>13</v>
       </c>
       <c r="G259" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="H259" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="I259" t="s">
-        <v>916</v>
+        <v>936</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>917</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C260" t="s">
+        <v>13</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I260" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>917</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C261" t="s">
+        <v>13</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I261" t="s">
+        <v>922</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B2" t="s">
-        <v>1949</v>
+        <v>1963</v>
       </c>
       <c r="C2" t="s">
-        <v>1950</v>
+        <v>1964</v>
       </c>
       <c r="D2" t="s">
-        <v>1951</v>
+        <v>214</v>
       </c>
       <c r="E2" t="s">
-        <v>1952</v>
+        <v>1965</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1953</v>
+        <v>1966</v>
       </c>
       <c r="H2" t="s">
-        <v>1954</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B3" t="s">
-        <v>1955</v>
+        <v>1968</v>
       </c>
       <c r="C3" t="s">
-        <v>1956</v>
+        <v>1969</v>
       </c>
       <c r="D3" t="s">
-        <v>1957</v>
+        <v>1970</v>
       </c>
       <c r="E3" t="s">
-        <v>1958</v>
+        <v>1971</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1959</v>
+        <v>1972</v>
       </c>
       <c r="H3" t="s">
-        <v>1960</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B4" t="s">
-        <v>1961</v>
+        <v>1974</v>
       </c>
       <c r="C4" t="s">
-        <v>1962</v>
+        <v>1975</v>
       </c>
       <c r="D4" t="s">
-        <v>206</v>
+        <v>1976</v>
       </c>
       <c r="E4" t="s">
-        <v>1963</v>
+        <v>1977</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1964</v>
+        <v>1978</v>
       </c>
       <c r="H4" t="s">
-        <v>1965</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B5" t="s">
-        <v>1966</v>
+        <v>1980</v>
       </c>
       <c r="C5" t="s">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="D5" t="s">
-        <v>1968</v>
+        <v>1982</v>
       </c>
       <c r="E5" t="s">
-        <v>1969</v>
+        <v>1983</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1970</v>
+        <v>1984</v>
       </c>
       <c r="H5" t="s">
-        <v>1971</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B6" t="s">
-        <v>1972</v>
+        <v>1986</v>
       </c>
       <c r="C6" t="s">
-        <v>1973</v>
+        <v>1987</v>
       </c>
       <c r="D6" t="s">
-        <v>1974</v>
+        <v>1988</v>
       </c>
       <c r="E6" t="s">
-        <v>1975</v>
+        <v>1989</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1976</v>
+        <v>1990</v>
       </c>
       <c r="H6" t="s">
-        <v>1977</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B7" t="s">
-        <v>1978</v>
+        <v>1992</v>
       </c>
       <c r="C7" t="s">
-        <v>1979</v>
+        <v>1993</v>
       </c>
       <c r="D7" t="s">
-        <v>1980</v>
+        <v>1994</v>
       </c>
       <c r="E7" t="s">
-        <v>1981</v>
+        <v>1995</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1982</v>
+        <v>1996</v>
       </c>
       <c r="H7" t="s">
-        <v>1983</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B8" t="s">
-        <v>1984</v>
+        <v>1998</v>
       </c>
       <c r="C8" t="s">
-        <v>1985</v>
+        <v>1999</v>
       </c>
       <c r="D8" t="s">
-        <v>1986</v>
+        <v>2000</v>
       </c>
       <c r="E8" t="s">
-        <v>1987</v>
+        <v>2001</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="H8" t="s">
-        <v>1989</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B9" t="s">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="C9" t="s">
-        <v>1991</v>
+        <v>2005</v>
       </c>
       <c r="D9" t="s">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E9" t="s">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="H9" t="s">
-        <v>1995</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B10" t="s">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="C10" t="s">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>2012</v>
       </c>
       <c r="E10" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="H10" t="s">
-        <v>2000</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B11" t="s">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="C11" t="s">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="D11" t="s">
-        <v>2003</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="H11" t="s">
-        <v>2006</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B12" t="s">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C12" t="s">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>1976</v>
       </c>
       <c r="E12" t="s">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="H12" t="s">
-        <v>2011</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B13" t="s">
-        <v>2012</v>
+        <v>2026</v>
       </c>
       <c r="C13" t="s">
-        <v>2013</v>
+        <v>2027</v>
       </c>
       <c r="D13" t="s">
-        <v>1992</v>
+        <v>2028</v>
       </c>
       <c r="E13" t="s">
-        <v>2014</v>
+        <v>2029</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2015</v>
+        <v>2030</v>
       </c>
       <c r="H13" t="s">
-        <v>2016</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B14" t="s">
-        <v>2017</v>
+        <v>2032</v>
       </c>
       <c r="C14" t="s">
-        <v>2018</v>
+        <v>2033</v>
       </c>
       <c r="D14" t="s">
-        <v>2019</v>
+        <v>2034</v>
       </c>
       <c r="E14" t="s">
-        <v>2020</v>
+        <v>2035</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2021</v>
+        <v>2036</v>
       </c>
       <c r="H14" t="s">
-        <v>2022</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B15" t="s">
-        <v>2023</v>
+        <v>2038</v>
       </c>
       <c r="C15" t="s">
-        <v>2024</v>
+        <v>2039</v>
       </c>
       <c r="D15" t="s">
-        <v>2025</v>
+        <v>2000</v>
       </c>
       <c r="E15" t="s">
-        <v>2026</v>
+        <v>2040</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2027</v>
+        <v>2041</v>
       </c>
       <c r="H15" t="s">
-        <v>2028</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B16" t="s">
-        <v>2029</v>
+        <v>2043</v>
       </c>
       <c r="C16" t="s">
-        <v>2030</v>
+        <v>1987</v>
       </c>
       <c r="D16" t="s">
-        <v>1974</v>
+        <v>408</v>
       </c>
       <c r="E16" t="s">
-        <v>2031</v>
+        <v>2044</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2032</v>
+        <v>2045</v>
       </c>
       <c r="H16" t="s">
-        <v>2033</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B17" t="s">
-        <v>2034</v>
+        <v>2047</v>
       </c>
       <c r="C17" t="s">
-        <v>1956</v>
+        <v>2048</v>
       </c>
       <c r="D17" t="s">
-        <v>402</v>
+        <v>2000</v>
       </c>
       <c r="E17" t="s">
-        <v>2035</v>
+        <v>2049</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2036</v>
+        <v>2050</v>
       </c>
       <c r="H17" t="s">
-        <v>2037</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B18" t="s">
-        <v>2038</v>
+        <v>2052</v>
       </c>
       <c r="C18" t="s">
-        <v>2039</v>
+        <v>2053</v>
       </c>
       <c r="D18" t="s">
-        <v>1974</v>
+        <v>2054</v>
       </c>
       <c r="E18" t="s">
-        <v>2040</v>
+        <v>2055</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2041</v>
+        <v>2056</v>
       </c>
       <c r="H18" t="s">
-        <v>2042</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B19" t="s">
-        <v>2043</v>
+        <v>2058</v>
       </c>
       <c r="C19" t="s">
-        <v>2044</v>
+        <v>2059</v>
       </c>
       <c r="D19" t="s">
-        <v>2045</v>
+        <v>2060</v>
       </c>
       <c r="E19" t="s">
-        <v>2046</v>
+        <v>2061</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2047</v>
+        <v>2062</v>
       </c>
       <c r="H19" t="s">
-        <v>2048</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B20" t="s">
-        <v>2049</v>
+        <v>2064</v>
       </c>
       <c r="C20" t="s">
-        <v>2050</v>
+        <v>2065</v>
       </c>
       <c r="D20" t="s">
-        <v>2051</v>
+        <v>2066</v>
       </c>
       <c r="E20" t="s">
-        <v>2052</v>
+        <v>2067</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2053</v>
+        <v>2068</v>
       </c>
       <c r="H20" t="s">
-        <v>2054</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B21" t="s">
-        <v>2055</v>
+        <v>2070</v>
       </c>
       <c r="C21" t="s">
-        <v>2056</v>
+        <v>2071</v>
       </c>
       <c r="D21" t="s">
-        <v>2057</v>
+        <v>2072</v>
       </c>
       <c r="E21" t="s">
-        <v>2058</v>
+        <v>2073</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2059</v>
+        <v>2074</v>
       </c>
       <c r="H21" t="s">
-        <v>2060</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B22" t="s">
-        <v>2061</v>
+        <v>2076</v>
       </c>
       <c r="C22" t="s">
-        <v>2062</v>
+        <v>2077</v>
       </c>
       <c r="D22" t="s">
-        <v>2063</v>
+        <v>2078</v>
       </c>
       <c r="E22" t="s">
-        <v>2064</v>
+        <v>2079</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2065</v>
+        <v>2080</v>
       </c>
       <c r="H22" t="s">
-        <v>2066</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B23" t="s">
-        <v>2067</v>
+        <v>2082</v>
       </c>
       <c r="C23" t="s">
-        <v>2068</v>
+        <v>2083</v>
       </c>
       <c r="D23" t="s">
-        <v>2069</v>
+        <v>2084</v>
       </c>
       <c r="E23" t="s">
-        <v>2070</v>
+        <v>2085</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2071</v>
+        <v>2086</v>
       </c>
       <c r="H23" t="s">
-        <v>2072</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B24" t="s">
-        <v>2073</v>
+        <v>2088</v>
       </c>
       <c r="C24" t="s">
-        <v>2074</v>
+        <v>2089</v>
       </c>
       <c r="D24" t="s">
-        <v>2075</v>
+        <v>2090</v>
       </c>
       <c r="E24" t="s">
-        <v>2076</v>
+        <v>2091</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2077</v>
+        <v>2092</v>
       </c>
       <c r="H24" t="s">
-        <v>2078</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B25" t="s">
-        <v>2079</v>
+        <v>2094</v>
       </c>
       <c r="C25" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="D25" t="s">
-        <v>2081</v>
+        <v>2096</v>
       </c>
       <c r="E25" t="s">
-        <v>2082</v>
+        <v>2097</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2083</v>
+        <v>2098</v>
       </c>
       <c r="H25" t="s">
-        <v>2084</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B26" t="s">
-        <v>2085</v>
+        <v>2100</v>
       </c>
       <c r="C26" t="s">
-        <v>2086</v>
+        <v>2101</v>
       </c>
       <c r="D26" t="s">
-        <v>2087</v>
+        <v>2102</v>
       </c>
       <c r="E26" t="s">
-        <v>2088</v>
+        <v>2103</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2089</v>
+        <v>2104</v>
       </c>
       <c r="H26" t="s">
-        <v>2090</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B27" t="s">
-        <v>2091</v>
+        <v>2106</v>
       </c>
       <c r="C27" t="s">
-        <v>2092</v>
+        <v>2107</v>
       </c>
       <c r="D27" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="E27" t="s">
-        <v>2094</v>
+        <v>2109</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="H27" t="s">
-        <v>2096</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B28" t="s">
-        <v>2097</v>
+        <v>2112</v>
       </c>
       <c r="C28" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="D28" t="s">
-        <v>2099</v>
+        <v>2114</v>
       </c>
       <c r="E28" t="s">
-        <v>2100</v>
+        <v>2115</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2101</v>
+        <v>2116</v>
       </c>
       <c r="H28" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B29" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="C29" t="s">
-        <v>2104</v>
+        <v>2119</v>
       </c>
       <c r="D29" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
       <c r="E29" t="s">
-        <v>2106</v>
+        <v>2121</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2107</v>
+        <v>2122</v>
       </c>
       <c r="H29" t="s">
-        <v>2108</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B30" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="C30" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="D30" t="s">
-        <v>2111</v>
+        <v>2126</v>
       </c>
       <c r="E30" t="s">
-        <v>2112</v>
+        <v>2127</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2113</v>
+        <v>2128</v>
       </c>
       <c r="H30" t="s">
-        <v>2114</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="B31" t="s">
-        <v>2115</v>
+        <v>2130</v>
       </c>
       <c r="C31" t="s">
-        <v>2116</v>
+        <v>2131</v>
       </c>
       <c r="D31" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="E31" t="s">
-        <v>2118</v>
+        <v>2133</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2119</v>
+        <v>2134</v>
       </c>
       <c r="H31" t="s">
-        <v>2120</v>
-[...25 lines deleted...]
-        <v>2126</v>
+        <v>2135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2151</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2169</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2170</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2176</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2180</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2186</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2187</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2188</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2215</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2220</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2228</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2232</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2248</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2249</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2127</v>
+        <v>2252</v>
       </c>
       <c r="B2" t="s">
-        <v>2128</v>
+        <v>2253</v>
       </c>
       <c r="C2" t="s">
-        <v>2129</v>
+        <v>2254</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2130</v>
+        <v>2255</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2131</v>
+        <v>2256</v>
       </c>
       <c r="H2" t="s">
-        <v>2132</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2127</v>
+        <v>2252</v>
       </c>
       <c r="B3" t="s">
-        <v>2133</v>
+        <v>2258</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2134</v>
+        <v>2259</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2135</v>
+        <v>2260</v>
       </c>
       <c r="H3" t="s">
-        <v>2136</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2127</v>
+        <v>2252</v>
       </c>
       <c r="B4" t="s">
-        <v>2137</v>
+        <v>2262</v>
       </c>
       <c r="C4" t="s">
-        <v>2138</v>
+        <v>2263</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2139</v>
+        <v>2264</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2140</v>
+        <v>2265</v>
       </c>
       <c r="H4" t="s">
-        <v>2141</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2127</v>
+        <v>2252</v>
       </c>
       <c r="B5" t="s">
-        <v>2142</v>
+        <v>2267</v>
       </c>
       <c r="C5" t="s">
-        <v>2143</v>
+        <v>2268</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2144</v>
+        <v>2269</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2145</v>
+        <v>2270</v>
       </c>
       <c r="H5" t="s">
-        <v>2146</v>
-[...533 lines deleted...]
-        <v>2256</v>
+        <v>2271</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B2" t="s">
-        <v>2258</v>
+        <v>2273</v>
       </c>
       <c r="C2" t="s">
-        <v>2259</v>
+        <v>2274</v>
       </c>
       <c r="D2" t="s">
-        <v>2260</v>
+        <v>2275</v>
       </c>
       <c r="E2" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2262</v>
+        <v>2277</v>
       </c>
       <c r="H2" t="s">
-        <v>2263</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B3" t="s">
-        <v>2264</v>
+        <v>2279</v>
       </c>
       <c r="C3" t="s">
-        <v>2265</v>
+        <v>2280</v>
       </c>
       <c r="D3" t="s">
-        <v>2266</v>
+        <v>2281</v>
       </c>
       <c r="E3" t="s">
-        <v>2267</v>
+        <v>2282</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2268</v>
+        <v>2283</v>
       </c>
       <c r="H3" t="s">
-        <v>2269</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B4" t="s">
-        <v>2270</v>
+        <v>2285</v>
       </c>
       <c r="C4" t="s">
-        <v>2271</v>
+        <v>2286</v>
       </c>
       <c r="D4" t="s">
-        <v>2272</v>
+        <v>2287</v>
       </c>
       <c r="E4" t="s">
-        <v>2273</v>
+        <v>2288</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2274</v>
+        <v>2289</v>
       </c>
       <c r="H4" t="s">
-        <v>2275</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B5" t="s">
-        <v>2276</v>
+        <v>2291</v>
       </c>
       <c r="C5" t="s">
-        <v>2277</v>
+        <v>2292</v>
       </c>
       <c r="D5" t="s">
-        <v>2278</v>
+        <v>2293</v>
       </c>
       <c r="E5" t="s">
-        <v>2279</v>
+        <v>2294</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2280</v>
+        <v>2295</v>
       </c>
       <c r="H5" t="s">
-        <v>2281</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B6" t="s">
-        <v>2282</v>
+        <v>2297</v>
       </c>
       <c r="C6" t="s">
-        <v>2283</v>
+        <v>2298</v>
       </c>
       <c r="D6" t="s">
-        <v>2284</v>
+        <v>2299</v>
       </c>
       <c r="E6" t="s">
-        <v>2285</v>
+        <v>2300</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2286</v>
+        <v>2301</v>
       </c>
       <c r="H6" t="s">
-        <v>2287</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B7" t="s">
-        <v>2288</v>
+        <v>2303</v>
       </c>
       <c r="C7" t="s">
-        <v>2289</v>
+        <v>2304</v>
       </c>
       <c r="D7" t="s">
-        <v>2290</v>
+        <v>2305</v>
       </c>
       <c r="E7" t="s">
-        <v>2291</v>
+        <v>2306</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2292</v>
+        <v>2307</v>
       </c>
       <c r="H7" t="s">
-        <v>2293</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B8" t="s">
-        <v>2294</v>
+        <v>2309</v>
       </c>
       <c r="C8" t="s">
-        <v>2295</v>
+        <v>2310</v>
       </c>
       <c r="D8" t="s">
-        <v>2296</v>
+        <v>2311</v>
       </c>
       <c r="E8" t="s">
-        <v>2297</v>
+        <v>2312</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2298</v>
+        <v>2313</v>
       </c>
       <c r="H8" t="s">
-        <v>2299</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B9" t="s">
-        <v>2300</v>
+        <v>2315</v>
       </c>
       <c r="C9" t="s">
-        <v>2301</v>
+        <v>2316</v>
       </c>
       <c r="D9" t="s">
-        <v>2302</v>
+        <v>2317</v>
       </c>
       <c r="E9" t="s">
-        <v>2303</v>
+        <v>2318</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2304</v>
+        <v>2319</v>
       </c>
       <c r="H9" t="s">
-        <v>2305</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B10" t="s">
-        <v>2306</v>
+        <v>2321</v>
       </c>
       <c r="C10" t="s">
-        <v>2307</v>
+        <v>2322</v>
       </c>
       <c r="D10" t="s">
-        <v>2308</v>
+        <v>2323</v>
       </c>
       <c r="E10" t="s">
-        <v>2309</v>
+        <v>2324</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2310</v>
+        <v>2325</v>
       </c>
       <c r="H10" t="s">
-        <v>2311</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B11" t="s">
-        <v>2312</v>
+        <v>2327</v>
       </c>
       <c r="C11" t="s">
-        <v>2313</v>
+        <v>2328</v>
       </c>
       <c r="D11" t="s">
-        <v>2219</v>
+        <v>2214</v>
       </c>
       <c r="E11" t="s">
-        <v>2314</v>
+        <v>2329</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2315</v>
+        <v>2330</v>
       </c>
       <c r="H11" t="s">
-        <v>2316</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B12" t="s">
-        <v>2317</v>
+        <v>2332</v>
       </c>
       <c r="C12" t="s">
-        <v>2318</v>
+        <v>2333</v>
       </c>
       <c r="D12" t="s">
-        <v>2319</v>
+        <v>2334</v>
       </c>
       <c r="E12" t="s">
-        <v>2320</v>
+        <v>2335</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2321</v>
+        <v>2336</v>
       </c>
       <c r="H12" t="s">
-        <v>2322</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B13" t="s">
-        <v>2323</v>
+        <v>2338</v>
       </c>
       <c r="C13" t="s">
-        <v>2324</v>
+        <v>2339</v>
       </c>
       <c r="D13" t="s">
-        <v>2325</v>
+        <v>2340</v>
       </c>
       <c r="E13" t="s">
-        <v>2326</v>
+        <v>2341</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2327</v>
+        <v>2342</v>
       </c>
       <c r="H13" t="s">
-        <v>2328</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B14" t="s">
-        <v>2329</v>
+        <v>2344</v>
       </c>
       <c r="C14" t="s">
-        <v>2330</v>
+        <v>2345</v>
       </c>
       <c r="D14" t="s">
-        <v>2331</v>
+        <v>2346</v>
       </c>
       <c r="E14" t="s">
-        <v>2332</v>
+        <v>2347</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2333</v>
+        <v>2348</v>
       </c>
       <c r="H14" t="s">
-        <v>2334</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B15" t="s">
-        <v>2335</v>
+        <v>2350</v>
       </c>
       <c r="C15" t="s">
-        <v>2336</v>
+        <v>2351</v>
       </c>
       <c r="D15" t="s">
-        <v>2337</v>
+        <v>2352</v>
       </c>
       <c r="E15" t="s">
-        <v>2338</v>
+        <v>2353</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2339</v>
+        <v>2354</v>
       </c>
       <c r="H15" t="s">
-        <v>2340</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B16" t="s">
-        <v>2341</v>
+        <v>2356</v>
       </c>
       <c r="C16" t="s">
-        <v>2342</v>
+        <v>2357</v>
       </c>
       <c r="D16" t="s">
-        <v>2343</v>
+        <v>2358</v>
       </c>
       <c r="E16" t="s">
-        <v>2344</v>
+        <v>2359</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2345</v>
+        <v>2360</v>
       </c>
       <c r="H16" t="s">
-        <v>2346</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B17" t="s">
-        <v>2347</v>
+        <v>2362</v>
       </c>
       <c r="C17" t="s">
-        <v>2348</v>
+        <v>2363</v>
       </c>
       <c r="D17" t="s">
-        <v>2349</v>
+        <v>2364</v>
       </c>
       <c r="E17" t="s">
-        <v>2350</v>
+        <v>2365</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2351</v>
+        <v>2366</v>
       </c>
       <c r="H17" t="s">
-        <v>2352</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B18" t="s">
-        <v>2353</v>
+        <v>2368</v>
       </c>
       <c r="C18" t="s">
-        <v>2354</v>
+        <v>2369</v>
       </c>
       <c r="D18" t="s">
-        <v>2355</v>
+        <v>2370</v>
       </c>
       <c r="E18" t="s">
-        <v>2356</v>
+        <v>2371</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2357</v>
+        <v>2372</v>
       </c>
       <c r="H18" t="s">
-        <v>2358</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B19" t="s">
-        <v>2359</v>
+        <v>2374</v>
       </c>
       <c r="C19" t="s">
-        <v>2360</v>
+        <v>2375</v>
       </c>
       <c r="D19" t="s">
-        <v>2361</v>
+        <v>2376</v>
       </c>
       <c r="E19" t="s">
-        <v>2362</v>
+        <v>2377</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2363</v>
+        <v>2378</v>
       </c>
       <c r="H19" t="s">
-        <v>2364</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B20" t="s">
-        <v>2365</v>
+        <v>2380</v>
       </c>
       <c r="C20" t="s">
-        <v>2366</v>
+        <v>2381</v>
       </c>
       <c r="D20" t="s">
-        <v>2367</v>
+        <v>2382</v>
       </c>
       <c r="E20" t="s">
-        <v>2368</v>
+        <v>2383</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2369</v>
+        <v>2384</v>
       </c>
       <c r="H20" t="s">
-        <v>2370</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B21" t="s">
-        <v>2371</v>
+        <v>2386</v>
       </c>
       <c r="C21" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="D21" t="s">
-        <v>2373</v>
+        <v>2388</v>
       </c>
       <c r="E21" t="s">
-        <v>2374</v>
+        <v>2389</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2375</v>
+        <v>2390</v>
       </c>
       <c r="H21" t="s">
-        <v>2376</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B22" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="C22" t="s">
-        <v>2378</v>
+        <v>2393</v>
       </c>
       <c r="D22" t="s">
-        <v>2379</v>
+        <v>2394</v>
       </c>
       <c r="E22" t="s">
-        <v>2380</v>
+        <v>2395</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2381</v>
+        <v>2396</v>
       </c>
       <c r="H22" t="s">
-        <v>2382</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B23" t="s">
-        <v>2383</v>
+        <v>2398</v>
       </c>
       <c r="C23" t="s">
-        <v>2384</v>
+        <v>2399</v>
       </c>
       <c r="D23" t="s">
-        <v>2385</v>
+        <v>2400</v>
       </c>
       <c r="E23" t="s">
-        <v>2386</v>
+        <v>2401</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2387</v>
+        <v>2402</v>
       </c>
       <c r="H23" t="s">
-        <v>2388</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B24" t="s">
-        <v>2389</v>
+        <v>2404</v>
       </c>
       <c r="C24" t="s">
-        <v>2390</v>
+        <v>2405</v>
       </c>
       <c r="D24" t="s">
-        <v>2391</v>
+        <v>2406</v>
       </c>
       <c r="E24" t="s">
-        <v>2392</v>
+        <v>2407</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2393</v>
+        <v>2408</v>
       </c>
       <c r="H24" t="s">
-        <v>2394</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B25" t="s">
-        <v>2395</v>
+        <v>2410</v>
       </c>
       <c r="C25" t="s">
-        <v>2396</v>
+        <v>2411</v>
       </c>
       <c r="D25" t="s">
-        <v>2391</v>
+        <v>2406</v>
       </c>
       <c r="E25" t="s">
-        <v>2397</v>
+        <v>2412</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2398</v>
+        <v>2413</v>
       </c>
       <c r="H25" t="s">
-        <v>2399</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B26" t="s">
-        <v>2400</v>
+        <v>2415</v>
       </c>
       <c r="C26" t="s">
-        <v>2401</v>
+        <v>2416</v>
       </c>
       <c r="D26" t="s">
-        <v>2402</v>
+        <v>2417</v>
       </c>
       <c r="E26" t="s">
-        <v>2403</v>
+        <v>2418</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2404</v>
+        <v>2419</v>
       </c>
       <c r="H26" t="s">
-        <v>2405</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B27" t="s">
-        <v>2406</v>
+        <v>2421</v>
       </c>
       <c r="C27" t="s">
-        <v>2407</v>
+        <v>2422</v>
       </c>
       <c r="D27" t="s">
-        <v>2408</v>
+        <v>2423</v>
       </c>
       <c r="E27" t="s">
-        <v>2409</v>
+        <v>2424</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2410</v>
+        <v>2425</v>
       </c>
       <c r="H27" t="s">
-        <v>2411</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B28" t="s">
-        <v>2412</v>
+        <v>2427</v>
       </c>
       <c r="C28" t="s">
-        <v>2413</v>
+        <v>2428</v>
       </c>
       <c r="D28" t="s">
-        <v>2414</v>
+        <v>2429</v>
       </c>
       <c r="E28" t="s">
-        <v>2415</v>
+        <v>2430</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2416</v>
+        <v>2431</v>
       </c>
       <c r="H28" t="s">
-        <v>2417</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B29" t="s">
-        <v>2418</v>
+        <v>2433</v>
       </c>
       <c r="C29" t="s">
-        <v>2419</v>
+        <v>2434</v>
       </c>
       <c r="D29" t="s">
-        <v>2420</v>
+        <v>2435</v>
       </c>
       <c r="E29" t="s">
-        <v>2421</v>
+        <v>2436</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2422</v>
+        <v>2437</v>
       </c>
       <c r="H29" t="s">
-        <v>2423</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B30" t="s">
-        <v>2424</v>
+        <v>2439</v>
       </c>
       <c r="C30" t="s">
-        <v>2425</v>
+        <v>2440</v>
       </c>
       <c r="D30" t="s">
-        <v>2426</v>
+        <v>2441</v>
       </c>
       <c r="E30" t="s">
-        <v>2427</v>
+        <v>2442</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2428</v>
+        <v>2443</v>
       </c>
       <c r="H30" t="s">
-        <v>2429</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B31" t="s">
-        <v>2430</v>
+        <v>2445</v>
       </c>
       <c r="C31" t="s">
-        <v>2431</v>
+        <v>2446</v>
       </c>
       <c r="D31" t="s">
-        <v>2426</v>
+        <v>2441</v>
       </c>
       <c r="E31" t="s">
-        <v>2427</v>
+        <v>2442</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2432</v>
+        <v>2447</v>
       </c>
       <c r="H31" t="s">
-        <v>2433</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="B32" t="s">
-        <v>2434</v>
+        <v>2449</v>
       </c>
       <c r="C32" t="s">
-        <v>2435</v>
+        <v>2450</v>
       </c>
       <c r="D32" t="s">
-        <v>2436</v>
+        <v>2451</v>
       </c>
       <c r="E32" t="s">
-        <v>2437</v>
+        <v>2452</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2438</v>
+        <v>2453</v>
       </c>
       <c r="H32" t="s">
-        <v>2439</v>
+        <v>2454</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B2" t="s">
-        <v>2441</v>
+        <v>2456</v>
       </c>
       <c r="C2" t="s">
-        <v>2442</v>
+        <v>2457</v>
       </c>
       <c r="D2" t="s">
-        <v>2443</v>
+        <v>167</v>
       </c>
       <c r="E2" t="s">
-        <v>2444</v>
+        <v>2458</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2445</v>
+        <v>2459</v>
       </c>
       <c r="H2" t="s">
-        <v>2446</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B3" t="s">
-        <v>2447</v>
+        <v>2461</v>
       </c>
       <c r="C3" t="s">
-        <v>2448</v>
+        <v>2462</v>
       </c>
       <c r="D3" t="s">
-        <v>2150</v>
+        <v>2463</v>
       </c>
       <c r="E3" t="s">
-        <v>2449</v>
+        <v>2464</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2450</v>
+        <v>2465</v>
       </c>
       <c r="H3" t="s">
-        <v>2451</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B4" t="s">
-        <v>2452</v>
+        <v>2467</v>
       </c>
       <c r="C4" t="s">
-        <v>2453</v>
+        <v>2468</v>
       </c>
       <c r="D4" t="s">
-        <v>2266</v>
+        <v>2469</v>
       </c>
       <c r="E4" t="s">
-        <v>2454</v>
+        <v>2470</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2455</v>
+        <v>2471</v>
       </c>
       <c r="H4" t="s">
-        <v>2456</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B5" t="s">
-        <v>2457</v>
+        <v>2473</v>
       </c>
       <c r="C5" t="s">
-        <v>2458</v>
+        <v>2474</v>
       </c>
       <c r="D5" t="s">
-        <v>2459</v>
+        <v>2145</v>
       </c>
       <c r="E5" t="s">
-        <v>2460</v>
+        <v>2475</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2461</v>
+        <v>2476</v>
       </c>
       <c r="H5" t="s">
-        <v>2462</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B6" t="s">
-        <v>2463</v>
+        <v>2478</v>
       </c>
       <c r="C6" t="s">
-        <v>2464</v>
+        <v>2479</v>
       </c>
       <c r="D6" t="s">
-        <v>2465</v>
+        <v>2281</v>
       </c>
       <c r="E6" t="s">
-        <v>2466</v>
+        <v>2480</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2467</v>
+        <v>2481</v>
       </c>
       <c r="H6" t="s">
-        <v>2468</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B7" t="s">
-        <v>2469</v>
+        <v>2483</v>
       </c>
       <c r="C7" t="s">
-        <v>2470</v>
+        <v>2484</v>
       </c>
       <c r="D7" t="s">
-        <v>2161</v>
+        <v>2485</v>
       </c>
       <c r="E7" t="s">
-        <v>2471</v>
+        <v>2486</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2472</v>
+        <v>2487</v>
       </c>
       <c r="H7" t="s">
-        <v>2473</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B8" t="s">
-        <v>2474</v>
+        <v>2489</v>
       </c>
       <c r="C8" t="s">
-        <v>2475</v>
+        <v>2490</v>
       </c>
       <c r="D8" t="s">
-        <v>2476</v>
+        <v>2491</v>
       </c>
       <c r="E8" t="s">
-        <v>2477</v>
+        <v>2492</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2478</v>
+        <v>2493</v>
       </c>
       <c r="H8" t="s">
-        <v>2479</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B9" t="s">
-        <v>2480</v>
+        <v>2495</v>
       </c>
       <c r="C9" t="s">
-        <v>2481</v>
+        <v>2496</v>
       </c>
       <c r="D9" t="s">
-        <v>2161</v>
+        <v>2156</v>
       </c>
       <c r="E9" t="s">
-        <v>2482</v>
+        <v>2497</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2483</v>
+        <v>2498</v>
       </c>
       <c r="H9" t="s">
-        <v>2484</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B10" t="s">
-        <v>2485</v>
+        <v>2500</v>
       </c>
       <c r="C10" t="s">
-        <v>2486</v>
+        <v>2501</v>
       </c>
       <c r="D10" t="s">
-        <v>2003</v>
+        <v>2502</v>
       </c>
       <c r="E10" t="s">
-        <v>2487</v>
+        <v>2503</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2488</v>
+        <v>2504</v>
       </c>
       <c r="H10" t="s">
-        <v>2489</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B11" t="s">
-        <v>2490</v>
+        <v>2506</v>
       </c>
       <c r="C11" t="s">
-        <v>2491</v>
+        <v>2507</v>
       </c>
       <c r="D11" t="s">
-        <v>286</v>
+        <v>2156</v>
       </c>
       <c r="E11" t="s">
-        <v>2492</v>
+        <v>2508</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2493</v>
+        <v>2509</v>
       </c>
       <c r="H11" t="s">
-        <v>2494</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B12" t="s">
-        <v>2495</v>
+        <v>2511</v>
       </c>
       <c r="C12" t="s">
-        <v>2496</v>
+        <v>2512</v>
       </c>
       <c r="D12" t="s">
-        <v>2497</v>
+        <v>2012</v>
       </c>
       <c r="E12" t="s">
-        <v>2498</v>
+        <v>2513</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2499</v>
+        <v>2514</v>
       </c>
       <c r="H12" t="s">
-        <v>2500</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B13" t="s">
-        <v>2501</v>
+        <v>2516</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>2517</v>
       </c>
       <c r="D13" t="s">
-        <v>260</v>
+        <v>292</v>
       </c>
       <c r="E13" t="s">
-        <v>2502</v>
+        <v>2518</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2503</v>
+        <v>2519</v>
       </c>
       <c r="H13" t="s">
-        <v>2504</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B14" t="s">
-        <v>2505</v>
+        <v>2521</v>
       </c>
       <c r="C14" t="s">
-        <v>2506</v>
+        <v>2522</v>
       </c>
       <c r="D14" t="s">
-        <v>2507</v>
+        <v>2523</v>
       </c>
       <c r="E14" t="s">
-        <v>2508</v>
+        <v>2524</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2509</v>
+        <v>2525</v>
       </c>
       <c r="H14" t="s">
-        <v>2510</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B15" t="s">
-        <v>2511</v>
+        <v>2527</v>
       </c>
       <c r="C15" t="s">
-        <v>2512</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>2507</v>
+        <v>266</v>
       </c>
       <c r="E15" t="s">
-        <v>2508</v>
+        <v>2528</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2513</v>
+        <v>2529</v>
       </c>
       <c r="H15" t="s">
-        <v>2514</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B16" t="s">
-        <v>2515</v>
+        <v>2531</v>
       </c>
       <c r="C16" t="s">
-        <v>2516</v>
+        <v>2532</v>
       </c>
       <c r="D16" t="s">
-        <v>2507</v>
+        <v>2533</v>
       </c>
       <c r="E16" t="s">
-        <v>2508</v>
+        <v>2534</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2517</v>
+        <v>2535</v>
       </c>
       <c r="H16" t="s">
-        <v>2518</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B17" t="s">
-        <v>2519</v>
+        <v>2537</v>
       </c>
       <c r="C17" t="s">
-        <v>2520</v>
+        <v>2538</v>
       </c>
       <c r="D17" t="s">
-        <v>2507</v>
+        <v>2533</v>
       </c>
       <c r="E17" t="s">
-        <v>2508</v>
+        <v>2534</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2521</v>
+        <v>2539</v>
       </c>
       <c r="H17" t="s">
-        <v>2522</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B18" t="s">
-        <v>2523</v>
+        <v>2541</v>
       </c>
       <c r="C18" t="s">
-        <v>2524</v>
+        <v>2542</v>
       </c>
       <c r="D18" t="s">
-        <v>2525</v>
+        <v>2533</v>
       </c>
       <c r="E18" t="s">
-        <v>2526</v>
+        <v>2534</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2527</v>
+        <v>2543</v>
       </c>
       <c r="H18" t="s">
-        <v>2528</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B19" t="s">
-        <v>2529</v>
+        <v>2545</v>
       </c>
       <c r="C19" t="s">
-        <v>2530</v>
+        <v>2546</v>
       </c>
       <c r="D19" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="E19" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2533</v>
+        <v>2547</v>
       </c>
       <c r="H19" t="s">
-        <v>2534</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B20" t="s">
-        <v>2535</v>
+        <v>2549</v>
       </c>
       <c r="C20" t="s">
-        <v>2536</v>
+        <v>2550</v>
       </c>
       <c r="D20" t="s">
-        <v>2537</v>
+        <v>2551</v>
       </c>
       <c r="E20" t="s">
-        <v>2538</v>
+        <v>2552</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2539</v>
+        <v>2553</v>
       </c>
       <c r="H20" t="s">
-        <v>2540</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B21" t="s">
-        <v>2541</v>
+        <v>2555</v>
       </c>
       <c r="C21" t="s">
-        <v>2530</v>
+        <v>2556</v>
       </c>
       <c r="D21" t="s">
-        <v>2542</v>
+        <v>2557</v>
       </c>
       <c r="E21" t="s">
-        <v>2543</v>
+        <v>2558</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2544</v>
+        <v>2559</v>
       </c>
       <c r="H21" t="s">
-        <v>2545</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B22" t="s">
-        <v>2546</v>
+        <v>2561</v>
       </c>
       <c r="C22" t="s">
-        <v>2547</v>
+        <v>2562</v>
       </c>
       <c r="D22" t="s">
-        <v>2548</v>
+        <v>2563</v>
       </c>
       <c r="E22" t="s">
-        <v>2549</v>
+        <v>2564</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2550</v>
+        <v>2565</v>
       </c>
       <c r="H22" t="s">
-        <v>2551</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B23" t="s">
-        <v>2552</v>
+        <v>2567</v>
       </c>
       <c r="C23" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
       <c r="D23" t="s">
-        <v>2554</v>
+        <v>2568</v>
       </c>
       <c r="E23" t="s">
-        <v>2555</v>
+        <v>2569</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2556</v>
+        <v>2570</v>
       </c>
       <c r="H23" t="s">
-        <v>2557</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B24" t="s">
-        <v>2558</v>
+        <v>2572</v>
       </c>
       <c r="C24" t="s">
-        <v>2559</v>
+        <v>2573</v>
       </c>
       <c r="D24" t="s">
-        <v>2560</v>
+        <v>2574</v>
       </c>
       <c r="E24" t="s">
-        <v>2561</v>
+        <v>2575</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2562</v>
+        <v>2576</v>
       </c>
       <c r="H24" t="s">
-        <v>2563</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B25" t="s">
-        <v>2564</v>
+        <v>2578</v>
       </c>
       <c r="C25" t="s">
-        <v>2565</v>
+        <v>2579</v>
       </c>
       <c r="D25" t="s">
-        <v>2566</v>
+        <v>2580</v>
       </c>
       <c r="E25" t="s">
-        <v>2567</v>
+        <v>2581</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2568</v>
+        <v>2582</v>
       </c>
       <c r="H25" t="s">
-        <v>2569</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B26" t="s">
-        <v>2570</v>
+        <v>2584</v>
       </c>
       <c r="C26" t="s">
-        <v>2571</v>
+        <v>2585</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>2586</v>
       </c>
       <c r="E26" t="s">
-        <v>2572</v>
+        <v>2587</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2573</v>
+        <v>2588</v>
       </c>
       <c r="H26" t="s">
-        <v>2574</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B27" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="C27" t="s">
-        <v>2576</v>
+        <v>2591</v>
       </c>
       <c r="D27" t="s">
-        <v>2577</v>
+        <v>2592</v>
       </c>
       <c r="E27" t="s">
-        <v>2578</v>
+        <v>2593</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2579</v>
+        <v>2594</v>
       </c>
       <c r="H27" t="s">
-        <v>2580</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B28" t="s">
-        <v>2581</v>
+        <v>2596</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>2597</v>
       </c>
       <c r="D28" t="s">
-        <v>2582</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>2583</v>
+        <v>2598</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2584</v>
+        <v>2599</v>
       </c>
       <c r="H28" t="s">
-        <v>2585</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B29" t="s">
-        <v>2586</v>
+        <v>2601</v>
       </c>
       <c r="C29" t="s">
-        <v>2587</v>
+        <v>2602</v>
       </c>
       <c r="D29" t="s">
-        <v>2588</v>
+        <v>2603</v>
       </c>
       <c r="E29" t="s">
-        <v>2589</v>
+        <v>2604</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2590</v>
+        <v>2605</v>
       </c>
       <c r="H29" t="s">
-        <v>2591</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B30" t="s">
-        <v>2592</v>
+        <v>2607</v>
       </c>
       <c r="C30" t="s">
-        <v>2593</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>2594</v>
+        <v>2608</v>
       </c>
       <c r="E30" t="s">
-        <v>2595</v>
+        <v>2609</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2596</v>
+        <v>2610</v>
       </c>
       <c r="H30" t="s">
-        <v>2597</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B31" t="s">
-        <v>2598</v>
+        <v>2612</v>
       </c>
       <c r="C31" t="s">
-        <v>2599</v>
+        <v>2613</v>
       </c>
       <c r="D31" t="s">
-        <v>2600</v>
+        <v>2614</v>
       </c>
       <c r="E31" t="s">
-        <v>2601</v>
+        <v>2615</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2602</v>
+        <v>2616</v>
       </c>
       <c r="H31" t="s">
-        <v>2603</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B32" t="s">
-        <v>2604</v>
+        <v>2618</v>
       </c>
       <c r="C32" t="s">
-        <v>2605</v>
+        <v>2619</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>2620</v>
       </c>
       <c r="E32" t="s">
-        <v>2606</v>
+        <v>2621</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2607</v>
+        <v>2622</v>
       </c>
       <c r="H32" t="s">
-        <v>2608</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B33" t="s">
-        <v>2609</v>
+        <v>2624</v>
       </c>
       <c r="C33" t="s">
-        <v>2610</v>
+        <v>2625</v>
       </c>
       <c r="D33" t="s">
-        <v>2611</v>
+        <v>2626</v>
       </c>
       <c r="E33" t="s">
-        <v>2612</v>
+        <v>2627</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2613</v>
+        <v>2628</v>
       </c>
       <c r="H33" t="s">
-        <v>2614</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B34" t="s">
-        <v>2615</v>
+        <v>2630</v>
       </c>
       <c r="C34" t="s">
-        <v>2616</v>
+        <v>2631</v>
       </c>
       <c r="D34" t="s">
-        <v>2617</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>2618</v>
+        <v>2632</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2619</v>
+        <v>2633</v>
       </c>
       <c r="H34" t="s">
-        <v>2620</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B35" t="s">
-        <v>2621</v>
+        <v>2635</v>
       </c>
       <c r="C35" t="s">
-        <v>2622</v>
+        <v>2636</v>
       </c>
       <c r="D35" t="s">
-        <v>2623</v>
+        <v>2637</v>
       </c>
       <c r="E35" t="s">
-        <v>2624</v>
+        <v>2638</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2625</v>
+        <v>2639</v>
       </c>
       <c r="H35" t="s">
-        <v>2626</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B36" t="s">
-        <v>2627</v>
+        <v>2641</v>
       </c>
       <c r="C36" t="s">
-        <v>2628</v>
+        <v>2642</v>
       </c>
       <c r="D36" t="s">
-        <v>2629</v>
+        <v>2643</v>
       </c>
       <c r="E36" t="s">
-        <v>2630</v>
+        <v>2644</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2631</v>
+        <v>2645</v>
       </c>
       <c r="H36" t="s">
-        <v>2632</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B37" t="s">
-        <v>2633</v>
+        <v>2647</v>
       </c>
       <c r="C37" t="s">
-        <v>2634</v>
+        <v>2648</v>
       </c>
       <c r="D37" t="s">
-        <v>2635</v>
+        <v>2649</v>
       </c>
       <c r="E37" t="s">
-        <v>2636</v>
+        <v>2650</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2637</v>
+        <v>2651</v>
       </c>
       <c r="H37" t="s">
-        <v>2638</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B38" t="s">
-        <v>2639</v>
+        <v>2653</v>
       </c>
       <c r="C38" t="s">
-        <v>2640</v>
+        <v>2654</v>
       </c>
       <c r="D38" t="s">
-        <v>2641</v>
+        <v>2655</v>
       </c>
       <c r="E38" t="s">
-        <v>2642</v>
+        <v>2656</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2643</v>
+        <v>2657</v>
       </c>
       <c r="H38" t="s">
-        <v>2644</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B39" t="s">
-        <v>2645</v>
+        <v>2659</v>
       </c>
       <c r="C39" t="s">
-        <v>2646</v>
+        <v>2660</v>
       </c>
       <c r="D39" t="s">
-        <v>2647</v>
+        <v>2661</v>
       </c>
       <c r="E39" t="s">
-        <v>2648</v>
+        <v>2662</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2649</v>
+        <v>2663</v>
       </c>
       <c r="H39" t="s">
-        <v>2650</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B40" t="s">
-        <v>2651</v>
+        <v>2665</v>
       </c>
       <c r="C40" t="s">
-        <v>2652</v>
+        <v>2666</v>
       </c>
       <c r="D40" t="s">
-        <v>2653</v>
+        <v>2667</v>
       </c>
       <c r="E40" t="s">
-        <v>2654</v>
+        <v>2668</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2655</v>
+        <v>2669</v>
       </c>
       <c r="H40" t="s">
-        <v>2656</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B41" t="s">
-        <v>2657</v>
+        <v>2671</v>
       </c>
       <c r="C41" t="s">
-        <v>2658</v>
+        <v>2672</v>
       </c>
       <c r="D41" t="s">
-        <v>2414</v>
+        <v>2673</v>
       </c>
       <c r="E41" t="s">
-        <v>2659</v>
+        <v>2674</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2660</v>
+        <v>2675</v>
       </c>
       <c r="H41" t="s">
-        <v>2661</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B42" t="s">
-        <v>2662</v>
+        <v>2677</v>
       </c>
       <c r="C42" t="s">
-        <v>2663</v>
+        <v>2678</v>
       </c>
       <c r="D42" t="s">
-        <v>2664</v>
+        <v>2679</v>
       </c>
       <c r="E42" t="s">
-        <v>2665</v>
+        <v>2680</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2666</v>
+        <v>2681</v>
       </c>
       <c r="H42" t="s">
-        <v>2667</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B43" t="s">
-        <v>2668</v>
+        <v>2683</v>
       </c>
       <c r="C43" t="s">
-        <v>2669</v>
+        <v>2684</v>
       </c>
       <c r="D43" t="s">
-        <v>2670</v>
+        <v>2429</v>
       </c>
       <c r="E43" t="s">
-        <v>2671</v>
+        <v>2685</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2672</v>
+        <v>2686</v>
       </c>
       <c r="H43" t="s">
-        <v>2673</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B44" t="s">
-        <v>2674</v>
+        <v>2688</v>
       </c>
       <c r="C44" t="s">
-        <v>2675</v>
+        <v>2689</v>
       </c>
       <c r="D44" t="s">
-        <v>2408</v>
+        <v>2690</v>
       </c>
       <c r="E44" t="s">
-        <v>2676</v>
+        <v>2691</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2677</v>
+        <v>2692</v>
       </c>
       <c r="H44" t="s">
-        <v>2678</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B45" t="s">
-        <v>2679</v>
+        <v>2694</v>
       </c>
       <c r="C45" t="s">
-        <v>2680</v>
+        <v>2695</v>
       </c>
       <c r="D45" t="s">
-        <v>2681</v>
+        <v>2696</v>
       </c>
       <c r="E45" t="s">
-        <v>2682</v>
+        <v>2697</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2683</v>
+        <v>2698</v>
       </c>
       <c r="H45" t="s">
-        <v>2684</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B46" t="s">
-        <v>2685</v>
+        <v>2700</v>
       </c>
       <c r="C46" t="s">
-        <v>2686</v>
+        <v>2701</v>
       </c>
       <c r="D46" t="s">
-        <v>2687</v>
+        <v>2423</v>
       </c>
       <c r="E46" t="s">
-        <v>2688</v>
+        <v>2702</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2689</v>
+        <v>2703</v>
       </c>
       <c r="H46" t="s">
-        <v>2690</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B47" t="s">
-        <v>2691</v>
+        <v>2705</v>
       </c>
       <c r="C47" t="s">
-        <v>2692</v>
+        <v>2706</v>
       </c>
       <c r="D47" t="s">
-        <v>2693</v>
+        <v>2707</v>
       </c>
       <c r="E47" t="s">
-        <v>2694</v>
+        <v>2708</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2695</v>
+        <v>2709</v>
       </c>
       <c r="H47" t="s">
-        <v>2696</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B48" t="s">
-        <v>2697</v>
+        <v>2711</v>
       </c>
       <c r="C48" t="s">
-        <v>2698</v>
+        <v>2712</v>
       </c>
       <c r="D48" t="s">
-        <v>2699</v>
+        <v>2713</v>
       </c>
       <c r="E48" t="s">
-        <v>2700</v>
+        <v>2714</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2701</v>
+        <v>2715</v>
       </c>
       <c r="H48" t="s">
-        <v>2702</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2440</v>
+        <v>2455</v>
       </c>
       <c r="B49" t="s">
-        <v>2703</v>
+        <v>2717</v>
       </c>
       <c r="C49" t="s">
-        <v>2704</v>
+        <v>2718</v>
       </c>
       <c r="D49" t="s">
-        <v>2705</v>
+        <v>2719</v>
       </c>
       <c r="E49" t="s">
-        <v>2706</v>
+        <v>2720</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2707</v>
+        <v>2721</v>
       </c>
       <c r="H49" t="s">
-        <v>2708</v>
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2725</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2726</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2730</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2731</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2733</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2734</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>