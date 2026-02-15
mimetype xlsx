--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,11617 +1,1828 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6637" uniqueCount="3824">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="842" uniqueCount="563">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>29/07/2020 00:00:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Choices in Methods for Economic Evaluation</t>
+  </si>
+  <si>
+    <t>This guide presents the principles and methods used by HAS (the French National Health Authority) to carry out its mission of providing economic evaluations of health interventions. In this specific context, economic evaluation allows health interventions to be compared on the basis of their health effects and costs.</t>
+  </si>
+  <si>
+    <t>07/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2020 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
+    <t>https://www.has-sante.fr/jcms/r_1499251/en/choices-in-methods-for-economic-evaluation</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
-    <t>Expérience patient et savoir expérientiel : deux notions à clarifier pour développer l’engagement ou la participation</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290414/fr/cooperation-entre-la-has-et-les-usagers</t>
+    <t>Cooperation between the HAS and users</t>
+  </si>
+  <si>
+    <t>Cooperation between the HAS and users Methods for the involvement of the public, patients and their associations in the HAS work</t>
+  </si>
+  <si>
+    <t>11/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290414/en/cooperation-between-the-has-and-users</t>
   </si>
   <si>
     <t>p_3290414</t>
   </si>
   <si>
-    <t>Comprendre l’évaluation des technologies de santé</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213810/fr/parcours-du-dispositif-medical-en-france</t>
+    <t>Pathway of medical devices in France</t>
+  </si>
+  <si>
+    <t>This guide provides the information required to understand each step of the pathway of medical devices in France.</t>
+  </si>
+  <si>
+    <t>10/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2020 07:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213810/en/pathway-of-medical-devices-in-france</t>
   </si>
   <si>
     <t>p_3213810</t>
   </si>
   <si>
-    <t>Grille descriptive des fonctionnalités des dispositifs médicaux embarquant un système avec apprentissage automatique (intelligence artificielle)</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289120/fr/doctrine-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+    <t>Doctrine of the Commission for Economic and Public Health Evaluation</t>
+  </si>
+  <si>
+    <t>The CEESP issues an economic opinion which it transmits to the Economic Committee for Health Products (CEPS), with the aim of helping to negotiate the price of the products (medicines and medical devices) concerned. The publication of the doctrine is part of the CEESP's desire to explain its approach to the drafting of opinions and to provide the keys to interpreting those opinions, in terms of both cost effectiveness and budgetary impact. It sets out the general framework explaining the range of methodological reservations, the Commission's positions on the various elements of the conclusions and the key messages it wishes to convey to the decision-maker.</t>
+  </si>
+  <si>
+    <t>07/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289120/en/doctrine-of-the-commission-for-economic-and-public-health-evaluation</t>
   </si>
   <si>
     <t>p_3289120</t>
   </si>
   <si>
-    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>10/06/2021 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS - Feuille de route et actions</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
+    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
+  </si>
+  <si>
+    <t>This document focuses on aspects of the clinical assessment of efficacy for a new medical device or a new health technology that is made after the pre-clinical phase and feasibility studies.</t>
+  </si>
+  <si>
+    <t>06/08/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/28/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>Description générale de la procédure d’évaluation d’actes professionnels</t>
-[...173 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_430286/fr/elaboration-d-un-document-ecrit-d-information-a-l-intention-des-patients-et-des-usagers-du-systeme-de-sante</t>
+    <t>How to produce an information brochure for patients and healthcare system users</t>
+  </si>
+  <si>
+    <t>Written information should be part of a coherent communication strategy aimed at facilitating patients’ involvement in making decisions about their own care. The brochures should give relevant, clear, and concise information which can facilitate communication with patients. They can supplement any other information and advice given, thus helping patients make decisions about their health. Specialty societies and professional organisations wishing to provide patients and users with an information brochure based on available professional guidelines, which is an adjunct to verbal information, should find this guide useful. This guide updated in June 2008 is based on a critical review of the literature on producing information brochures for patients/users and on feedback obtained on ANAES brochures based on professional practice guidelines. A quick reference guide is also available.</t>
+  </si>
+  <si>
+    <t>06/15/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2009 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_430286/en/how-to-produce-an-information-brochure-for-patients-and-healthcare-system-users</t>
   </si>
   <si>
     <t>c_430286</t>
   </si>
   <si>
-    <t>Guide d’analyse de la littérature et gradation des recommandations</t>
-[...17 lines deleted...]
-    <t>Comment évaluer a priori un programme de dépistage ?</t>
+    <t>How to judge a proposal for a screening programme</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
-    <t>01/05/2004 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Description</t>
-[...32 lines deleted...]
-    <t>La CNEDiMTS émet un avis favorable à la prise en charge anticipée dans l’indication revendiquée.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/23/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
+  </si>
+  <si>
+    <t>09/26/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+  </si>
+  <si>
+    <t>p_3545370</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>02/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+  </si>
+  <si>
+    <t>c_464119</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
-    <t>09/10/2025 10:09:00</t>
-[...1778 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Practical aspects of long-term noninvasive positive pressure ventilation at home in neuromuscular disease</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to review the practical aspects (initiation, adjustment and monitoring) of home noninvasive positive pressure ventilation via a nasal, oral or facial interface, when prescribed for patients with neuromuscular disease.</t>
+  </si>
+  <si>
+    <t>05/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2006 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_334439/en/practical-aspects-of-long-term-noninvasive-positive-pressure-ventilation-at-home-in-neuromuscular-disease</t>
+  </si>
+  <si>
+    <t>c_334439</t>
+  </si>
+  <si>
+    <t>Vaccination against the hepatitis B virus</t>
+  </si>
+  <si>
+    <t>The jury tackled questions by focusing on key areas :# - analysis of epidemiological data and of changes resulting from vaccination, # - vaccine efficacy, # - assessment of side effects and benefit/risk ratios.# It proposed areas in which action might be taken, using as a basis the written evidence submitted by the experts and the data presented and analysed.</t>
+  </si>
+  <si>
+    <t>10/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Syndrome néphrotique idiopathique de l’enfant</t>
-[...431 lines deleted...]
-    <t>c_2659919</t>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>HAS unveils its action plan for innovative medicines</t>
+  </si>
+  <si>
+    <t>Drug innovations in recent years – and in the years to come – are bringing unprecedented hope for patients, such as the prospect of recovering from cancer or yet another disease for which there is still no known cure. We are witnessing a medical revolution the likes of which has not been seen for a very long time. However, these medicines come with numerous unresolved uncertainties, most notably in cases of short clinical development often seen for small patient sample sizes. So how do we safely allow early access to potentially life-saving treatments and still ensure these innovative medicines fulfil their promise? The HAS decided to tackle the issue with the development of an action plan for innovative medicines, adapted to a context that calls for greater agility of the overall assessment process.</t>
+  </si>
+  <si>
+    <t>01/27/2020 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
+  </si>
+  <si>
+    <t>p_3148262</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3424326</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/16/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
+  </si>
+  <si>
+    <t>p_3536022</t>
+  </si>
+  <si>
+    <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
+  </si>
+  <si>
+    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+  </si>
+  <si>
+    <t>12/16/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+  </si>
+  <si>
+    <t>p_3498436</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel for medical lung cancer care</t>
+  </si>
+  <si>
+    <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
+  </si>
+  <si>
+    <t>p_3535386</t>
+  </si>
+  <si>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+  </si>
+  <si>
+    <t>p_3536003</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+  </si>
+  <si>
+    <t>p_3445536</t>
+  </si>
+  <si>
+    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
+  </si>
+  <si>
+    <t>In 2019, the French National Authority for Health (HAS) evaluated the clinical utility of four genomic signatures (Oncotype Dx, Mammaprint, Prosigna, Endopredict) in early-stage hormone-receptor-positive (HR+) breast cancer with HER2-negative status (HER2-). Genomic signatures could be used as a guide to safely de-escalate adjuvant chemotherapy (ACT) in certain patient profiles in situations of clear decision-making uncertainty, with a low or favourable genomic score enabling the avoidance of unnecessary decisions to administer ACT. Based on the data available and the consultations carried out at the time, the HAS had returned an unfavourable opinion for coverage of testing for these four genomic signatures. But it issued a favourable opinion for temporary funding as part of a specific funding program for research and innovation (RIHN) to maintain access to these innovative tests in a potential population of interest. In 2021 and 2022, the publication of new intermediate data led to changes being made to several international guidelines, reporting a risk of loss of chance in terms of oncological outcome in some premenopausal patients aged 50 or under linked to genomic signatures. At the end of 2022, in view of this risk of loss of chance in terms of oncological outcome, the HAS decided to update its assessment of the four genomic signatures and to redefine the scope of the eligible target population to guarantee the oncological safety of patients and limit the risk of misuse by healthcare professionals</t>
+  </si>
+  <si>
+    <t>10/19/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3471037</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
+  </si>
+  <si>
+    <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
+  </si>
+  <si>
+    <t>10/19/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/18/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+  </si>
+  <si>
+    <t>p_3264825</t>
+  </si>
+  <si>
+    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Directorate-General for Health has asked HAS to determine whether HPV RNA can be detected in the same way as HPV DNA, as part of primary screening of precancerous conditions of the cervix, in women age 30 to 65. Three assessment subjects were selected to answer to this request: Subject 1: Is the diagnostic validity of the RNA HPV test different from the diagnostic validity of the DNA HPV test approved for the detection of precancerous conditions of the cervix as part of primary screening? Subject 2: What is the long-term performance of the RNA HPV test compared to that of the DNA HPV test? Subject 3: Is the diagnostic validity of an RNA HPV test on a self sample (SPV) equivalent to the RNA HPV test on a cervical sample collected by a professional (i.e. physician-collected)</t>
+  </si>
+  <si>
+    <t>12/16/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3305614</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Organisational impact map for health technology assessment</t>
+  </si>
+  <si>
+    <t>To better document the organisational impact of an application for assessment of a medicinal product, medical device, or diagnostic or therapeutic procedure, the HAS has drawn up a methodology guide. It sets out a map used to define the organisational impacts created by health technologies and proposes criteria to measure their effects or justify them.</t>
+  </si>
+  <si>
+    <t>12/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/31/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902770/en/organisational-impact-map-for-health-technology-assessment</t>
+  </si>
+  <si>
+    <t>c_2902770</t>
+  </si>
+  <si>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>10/08/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/19/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3213483</t>
+  </si>
+  <si>
+    <t>Nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assess the diagnostic performances and the clinical usefulness of nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD), and describe the practice requirements for the test, in view of its reimbursement by the National Health Insurance</t>
+  </si>
+  <si>
+    <t>09/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/16/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169291/en/nasal-nitric-oxide-no-measurement-as-a-diagnostic-test-for-primary-ciliary-dyskinesia-pcd-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3169291</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Evaluate the clinical utility of four genomic signatures (GS) , currently and temporarily funded on a conditional basis as part of a specific funding program for research and innovation (known in France as RIHN). The aim of the evaluation is to assess funding eligibility for the traditional reimbursement schemes offered by the National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>01/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2748998</t>
+  </si>
+  <si>
+    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) for the treatment of superficial oesophageal cancer presenting a low risk of node involvement, by comparison to surgery (oesophagectomy) and mucosectomy (or endoscopic mucosal resection, EMR), in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853386</t>
+  </si>
+  <si>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2865012</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>01/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_2744218</t>
+  </si>
+  <si>
+    <t>Assessment of endocavitary ablation of tachycardia by cryotherapy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The request for assessment came from the Association of Health Insurance Funds (UNCAM). It concerns the assessment of endocavitary ablation of tachycardia by cryotherapy. In 2006, the Haute Autorité de santé (HAS) assessed methods of tachycardia ablation, and radiofrequency was the only technique retained; cryoablation was considered an investigational method. The goal of the assessment is to determine, given the new data published since 2006, whether cryoablation is a valid method in endocavitary ablation of tachycardia compared to radiofrequency, and to specify whether it can be used in the same indications as the latter. Currently, the wording of the Joint classification of medical procedures (CCAM) describes ablation procedures for arrhythmia, but only by radiofrequency (RF). The arguments must therefore assess whether cryoablation can be included in supplement to RF in the CCAM to allow for reimbursement thereof</t>
+  </si>
+  <si>
+    <t>12/14/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653644/en/assessment-of-endocavitary-ablation-of-tachycardia-by-cryotherapy-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653644</t>
+  </si>
+  <si>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+  </si>
+  <si>
+    <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
+  </si>
+  <si>
+    <t>To assess clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of anal canal cancer in view of its reimbursement by National Health Insurance, the comparator being three-dimensional conformational radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/05/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+  </si>
+  <si>
+    <t>c_1364144</t>
+  </si>
+  <si>
+    <t>Assessment of the safety and conditions for conducting autologous fat grafting in reconstructive, restorative and cosmetic breast surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment mainly relate to the safety of the autologous fat grafting procedure in the breast and may be grouped into 3 major areas : intraoperative and postoperative complications and oncological safety, radiological changes and their impact on patient care, and the conditions for conducting this procedure</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778570/en/assessment-of-the-safety-and-conditions-for-conducting-autologous-fat-grafting-in-reconstructive-restorative-and-cosmetic-breast-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1778570</t>
+  </si>
+  <si>
+    <t>Hip implants – November 2014</t>
+  </si>
+  <si>
+    <t>The objective of this consultation phase was to respond to the stakeholders’ comments submitted to the French National Authority for Health (Haute Autorité de santé - HAS) after the new proposed nomenclature concerning the conditions for the reimbursement of hips implants was published in the Official Gazette.</t>
+  </si>
+  <si>
+    <t>11/18/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+  </si>
+  <si>
+    <t>c_2006405</t>
+  </si>
+  <si>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+  </si>
+  <si>
+    <t>c_2019236</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF THORACIC EXPANSION AND ASSISTED COUGHING DEVICES</t>
+  </si>
+  <si>
+    <t>This assessment concerns mechanical in-exsufflators and intermittent positive pressure breathing (IPPB) devices used for thoracic expansion and assisted coughing, as well as associated services. The patients concerned primarily have neuromuscular diseases or are paralysed (spinal cord injury). The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>11/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2014 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778518/en/assessment-of-thoracic-expansion-and-assisted-coughing-devices</t>
+  </si>
+  <si>
+    <t>c_1778518</t>
+  </si>
+  <si>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+  </si>
+  <si>
+    <t>10/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2014 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1731777</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Assessment of spinal cord stimulation - March 2014</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of spinal cord stimulation to support reimbursement decision by the French National Insurance Funds (FNIF). Systematic literature review was performed. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committee for validation.</t>
+  </si>
+  <si>
+    <t>03/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/27/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
+  </si>
+  <si>
+    <t>c_1351767</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objectives of the re-assessment of bypass implants were to: * determine the indications for bypass implants; * assess their actual benefit in each indication; * define their role in treatment; * identify which technical specifications influence their actual benefit, in order to avoid coding errors and clarify which devices should be included under generic descriptions; * suggest an updated nomenclature; * estimate the target population; * define CNEDIMTS’ expectations for studies submitted during applications for inclusion under brand name; * define the terms of use and terms of prescribing envisaged for inclusion of products in the LPPR.</t>
+  </si>
+  <si>
+    <t>04/23/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/23/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
+  </si>
+  <si>
+    <t>c_1528391</t>
+  </si>
+  <si>
+    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
+  </si>
+  <si>
+    <t>The aims of reassessing spinal implants are to : - determine the indications for spinal implants ; - assess their actual benefit per indication ; - define their place in therapeutic strategy ; - characterise the technical specifications which determine the actual benefit, so as to avoid classification mistakes and clarify which devices are covered by the current generic description ; - propose an updated nomenclature based on the form and composition of devices ; - estimate their target population ; - define the level of evidence required for the trials submitted with applications for inclusion under the brand name ; - define the conditions of use and prescription for inclusion of the products on the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>03/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/11/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+  </si>
+  <si>
+    <t>c_1517325</t>
+  </si>
+  <si>
+    <t>The objective of this study is to assess the value of elbow implants, taking into account the therapeutic effect/adverse effects ratio, the place in treatment strategy, and the public health benefit of these products. This assessment also aims to define each generic description medically by indications, and by methods of use and prescribing.</t>
+  </si>
+  <si>
+    <t>09/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/28/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+  </si>
+  <si>
+    <t>c_1311405</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
+  </si>
+  <si>
+    <t>c_1198113</t>
+  </si>
+  <si>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+  </si>
+  <si>
+    <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
+  </si>
+  <si>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+  </si>
+  <si>
+    <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Assessment of breast implants, tissue expanders and external breast prostheses</t>
+  </si>
+  <si>
+    <t>The aim of this current project is to revise the categories “External breast prosthesis, breast implant, tissue expander”, in order to support reimbursement decision by the French National Insurance Funds.</t>
+  </si>
+  <si>
+    <t>05/26/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+  </si>
+  <si>
+    <t>c_865378</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_867966</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...983 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Conseil pour l’engagement des usagers - Réunion du 29 juin 2021</t>
-[...2282 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3481960/fr/actualisation-du-referentiel-d-evaluation-des-applications-dans-le-champ-de-la-sante-mobile-des-solutions-numeriques-referentiel</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Update of the standard for the assessment of digital services in the mHealth sector</t>
+  </si>
+  <si>
+    <t>The DNS consulted the HAS for an “Update and extension of the standard for the assessment of apps in the digital health solutions mobile health (mHealth) sector”. It publishes a reference document to optimize the quality criteria of medical content taking into account the existing ISO standard and also to optimize the referencing process.</t>
+  </si>
+  <si>
+    <t>11/20/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481960/en/update-of-the-standard-for-the-assessment-of-digital-services-in-the-mhealth-sector</t>
   </si>
   <si>
     <t>p_3481960</t>
   </si>
   <si>
-    <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
-[...263 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>De nouveaux choix pour soigner mieux - Rapport d'analyse prospective 2018</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Digital medical devices for professional use</t>
+  </si>
+  <si>
+    <t>Numerous digital solutions are used in routine care today. However, their utility or relevance in relation to the existing arsenal has not always been fully determined. In particular, this is the case for certain digital solutions for professional use, which do not fall within the existing evaluation frameworks for public funding cover. Consequently, healthcare professionals often use digital med-ical devices (DMDs) as part of a medical procedure without being fully informed about their performance or limitations or, conversely, are reluctant to use them. Hence, it is necessary to reflect on the specificities of the assessment of DMDs for professional use and, beyond that, on possible assessment approaches to inform the choices of healthcare professionals and decision-making bodies responsible for purchasing equipment.</t>
+  </si>
+  <si>
+    <t>06/29/2023 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
+  </si>
+  <si>
+    <t>p_3363066</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
-[...56 lines deleted...]
-    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>13/06/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
-[...161 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2838905/fr/place-du-vaccin-synflorix-dans-la-strategie-vaccinale-contre-les-infections-a-pneumocoques-chez-l-enfant-age-de-moins-de-5-ans</t>
+    <t>The place of SYNFLORIX™ in the pneumococcal vaccination strategy in children under 5 years of age</t>
+  </si>
+  <si>
+    <t>Vaccine Recommendations on the place of SYNFLORIX™ in the pneumococcal vaccination strategy in children under 5 years of age. At the end of its assessment, the HAS is not in favour of adding vaccination with SYNFLORIX™ to the paediatric strategy for prevention of invasive pneumococcal diseases in the specific French context.</t>
+  </si>
+  <si>
+    <t>03/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/19/2018 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838905/en/the-place-of-synflorix-in-the-pneumococcal-vaccination-strategy-in-children-under-5-years-of-age</t>
   </si>
   <si>
     <t>c_2838905</t>
   </si>
   <si>
-    <t>Outil d'amélioration des pratiques professionnelles</t>
-[...3980 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Installation autonome de chirurgie esthétique</t>
-[...245 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3474510/fr/projet-strategique-de-la-has</t>
+    <t>2025-2030 Strategic Plan</t>
+  </si>
+  <si>
+    <t>An ageing population, social inequalities, regional disparities, financial sustainability, environmental concerns, and accelerating healthcare innovation: these are some of the many challenges faced by our healthcare system. The HAS intends to do its part to help meet these challenges, alongside all the actors in the health, social and medico-social spheres. With this in mind, it now presents its 2025-2030 Strategic Project, following on from the previous 2019-2024 Strategic Project. The aim of this plan, supplementing the work programme set out annually by the HAS based on the various referrals received, is to provide guidance on how the institution will accomplish its missions over the coming years. It sets out three priorities centred on the needs and expectations of individuals, professionals, and public authorities. It also identifies three key themes on which the HAS intends to place a greater focus: prevention, mental health and psychiatric care, as well as digital technologies and artificial intelligence.</t>
+  </si>
+  <si>
+    <t>02/04/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474510/en/2025-2030-strategic-plan</t>
   </si>
   <si>
     <t>p_3474510</t>
   </si>
   <si>
-    <t>Déposer une demande d'inscription au référentiel des actes innovants hors nomenclature (RIHN) 2.0</t>
-[...112 lines deleted...]
-  <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
-    <t>06/03/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
+    <t>03/06/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
-  </si>
-[...346 lines deleted...]
-    <t>c_929613</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -11714,21525 +1925,2778 @@
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H10" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-      <c r="C11" t="s">
         <v>63</v>
-      </c>
-[...429 lines deleted...]
-        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...18589 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2252</v>
+        <v>523</v>
       </c>
       <c r="B2" t="s">
-        <v>2253</v>
+        <v>524</v>
       </c>
       <c r="C2" t="s">
-        <v>2254</v>
+        <v>525</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>224</v>
       </c>
       <c r="E2" t="s">
-        <v>2255</v>
+        <v>526</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2256</v>
+        <v>527</v>
       </c>
       <c r="H2" t="s">
-        <v>2257</v>
+        <v>528</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2252</v>
+        <v>523</v>
       </c>
       <c r="B3" t="s">
-        <v>2258</v>
+        <v>529</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>530</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>531</v>
       </c>
       <c r="E3" t="s">
-        <v>2259</v>
+        <v>532</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2260</v>
+        <v>533</v>
       </c>
       <c r="H3" t="s">
-        <v>2261</v>
+        <v>534</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2252</v>
+        <v>523</v>
       </c>
       <c r="B4" t="s">
-        <v>2262</v>
+        <v>535</v>
       </c>
       <c r="C4" t="s">
-        <v>2263</v>
+        <v>536</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>537</v>
       </c>
       <c r="E4" t="s">
-        <v>2264</v>
+        <v>538</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2265</v>
+        <v>539</v>
       </c>
       <c r="H4" t="s">
-        <v>2266</v>
+        <v>540</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2252</v>
+        <v>523</v>
       </c>
       <c r="B5" t="s">
-        <v>2267</v>
+        <v>541</v>
       </c>
       <c r="C5" t="s">
-        <v>2268</v>
+        <v>542</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>543</v>
       </c>
       <c r="E5" t="s">
-        <v>2269</v>
+        <v>544</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2270</v>
+        <v>545</v>
       </c>
       <c r="H5" t="s">
-        <v>2271</v>
+        <v>546</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2272</v>
+        <v>547</v>
       </c>
       <c r="B2" t="s">
-        <v>2273</v>
+        <v>548</v>
       </c>
       <c r="C2" t="s">
-        <v>2274</v>
+        <v>549</v>
       </c>
       <c r="D2" t="s">
-        <v>2275</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2276</v>
+        <v>550</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2277</v>
+        <v>551</v>
       </c>
       <c r="H2" t="s">
-        <v>2278</v>
+        <v>552</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2272</v>
+        <v>547</v>
       </c>
       <c r="B3" t="s">
-        <v>2279</v>
+        <v>553</v>
       </c>
       <c r="C3" t="s">
-        <v>2280</v>
+        <v>554</v>
       </c>
       <c r="D3" t="s">
-        <v>2281</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2282</v>
+        <v>555</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2283</v>
+        <v>556</v>
       </c>
       <c r="H3" t="s">
-        <v>2284</v>
+        <v>557</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2272</v>
+        <v>547</v>
       </c>
       <c r="B4" t="s">
-        <v>2285</v>
+        <v>558</v>
       </c>
       <c r="C4" t="s">
-        <v>2286</v>
+        <v>559</v>
       </c>
       <c r="D4" t="s">
-        <v>2287</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2288</v>
+        <v>560</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2289</v>
+        <v>561</v>
       </c>
       <c r="H4" t="s">
-        <v>2290</v>
-[...727 lines deleted...]
-        <v>2454</v>
+        <v>562</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>75</v>
+      </c>
+      <c r="H3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E4" t="s">
+        <v>80</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>81</v>
+      </c>
+      <c r="H4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>87</v>
+      </c>
+      <c r="H5" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E6" t="s">
+        <v>92</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>93</v>
+      </c>
+      <c r="H6" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D7" t="s">
+        <v>97</v>
+      </c>
+      <c r="E7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>99</v>
+      </c>
+      <c r="H7" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D8" t="s">
+        <v>103</v>
+      </c>
+      <c r="E8" t="s">
+        <v>104</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>105</v>
+      </c>
+      <c r="H8" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>107</v>
+      </c>
+      <c r="C9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D9" t="s">
+        <v>109</v>
+      </c>
+      <c r="E9" t="s">
+        <v>110</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>111</v>
+      </c>
+      <c r="H9" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>113</v>
+      </c>
+      <c r="C10" t="s">
+        <v>108</v>
+      </c>
+      <c r="D10" t="s">
+        <v>114</v>
+      </c>
+      <c r="E10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" t="s">
+        <v>117</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>129</v>
+      </c>
+      <c r="H3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>140</v>
+      </c>
+      <c r="H5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>146</v>
+      </c>
+      <c r="H6" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C7" t="s">
+        <v>149</v>
+      </c>
+      <c r="D7" t="s">
+        <v>150</v>
+      </c>
+      <c r="E7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>152</v>
+      </c>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>118</v>
+      </c>
+      <c r="B8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D8" t="s">
+        <v>156</v>
+      </c>
+      <c r="E8" t="s">
+        <v>157</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H8" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>118</v>
+      </c>
+      <c r="B9" t="s">
+        <v>160</v>
+      </c>
+      <c r="C9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D9" t="s">
+        <v>162</v>
+      </c>
+      <c r="E9" t="s">
+        <v>163</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>164</v>
+      </c>
+      <c r="H9" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B10" t="s">
+        <v>166</v>
+      </c>
+      <c r="C10" t="s">
+        <v>167</v>
+      </c>
+      <c r="D10" t="s">
+        <v>168</v>
+      </c>
+      <c r="E10" t="s">
+        <v>169</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>170</v>
+      </c>
+      <c r="H10" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>118</v>
+      </c>
+      <c r="B11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D11" t="s">
+        <v>174</v>
+      </c>
+      <c r="E11" t="s">
+        <v>175</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>176</v>
+      </c>
+      <c r="H11" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B12" t="s">
+        <v>178</v>
+      </c>
+      <c r="C12" t="s">
+        <v>179</v>
+      </c>
+      <c r="D12" t="s">
+        <v>180</v>
+      </c>
+      <c r="E12" t="s">
+        <v>181</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>182</v>
+      </c>
+      <c r="H12" t="s">
+        <v>183</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>195</v>
+      </c>
+      <c r="H2" t="s">
+        <v>196</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B2" t="s">
-        <v>2456</v>
+        <v>198</v>
       </c>
       <c r="C2" t="s">
-        <v>2457</v>
+        <v>199</v>
       </c>
       <c r="D2" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="E2" t="s">
-        <v>2458</v>
+        <v>201</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2459</v>
+        <v>202</v>
       </c>
       <c r="H2" t="s">
-        <v>2460</v>
+        <v>203</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B3" t="s">
-        <v>2461</v>
+        <v>204</v>
       </c>
       <c r="C3" t="s">
-        <v>2462</v>
+        <v>205</v>
       </c>
       <c r="D3" t="s">
-        <v>2463</v>
+        <v>206</v>
       </c>
       <c r="E3" t="s">
-        <v>2464</v>
+        <v>207</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2465</v>
+        <v>208</v>
       </c>
       <c r="H3" t="s">
-        <v>2466</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B4" t="s">
-        <v>2467</v>
+        <v>210</v>
       </c>
       <c r="C4" t="s">
-        <v>2468</v>
+        <v>211</v>
       </c>
       <c r="D4" t="s">
-        <v>2469</v>
+        <v>212</v>
       </c>
       <c r="E4" t="s">
-        <v>2470</v>
+        <v>213</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2471</v>
+        <v>214</v>
       </c>
       <c r="H4" t="s">
-        <v>2472</v>
+        <v>215</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B5" t="s">
-        <v>2473</v>
+        <v>216</v>
       </c>
       <c r="C5" t="s">
-        <v>2474</v>
+        <v>217</v>
       </c>
       <c r="D5" t="s">
-        <v>2145</v>
+        <v>218</v>
       </c>
       <c r="E5" t="s">
-        <v>2475</v>
+        <v>219</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2476</v>
+        <v>220</v>
       </c>
       <c r="H5" t="s">
-        <v>2477</v>
+        <v>221</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B6" t="s">
-        <v>2478</v>
+        <v>222</v>
       </c>
       <c r="C6" t="s">
-        <v>2479</v>
+        <v>223</v>
       </c>
       <c r="D6" t="s">
-        <v>2281</v>
+        <v>224</v>
       </c>
       <c r="E6" t="s">
-        <v>2480</v>
+        <v>225</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2481</v>
+        <v>226</v>
       </c>
       <c r="H6" t="s">
-        <v>2482</v>
+        <v>227</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B7" t="s">
-        <v>2483</v>
+        <v>228</v>
       </c>
       <c r="C7" t="s">
-        <v>2484</v>
+        <v>229</v>
       </c>
       <c r="D7" t="s">
-        <v>2485</v>
+        <v>85</v>
       </c>
       <c r="E7" t="s">
-        <v>2486</v>
+        <v>230</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2487</v>
+        <v>231</v>
       </c>
       <c r="H7" t="s">
-        <v>2488</v>
+        <v>232</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>2489</v>
+        <v>233</v>
       </c>
       <c r="C8" t="s">
-        <v>2490</v>
+        <v>234</v>
       </c>
       <c r="D8" t="s">
-        <v>2491</v>
+        <v>85</v>
       </c>
       <c r="E8" t="s">
-        <v>2492</v>
+        <v>235</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2493</v>
+        <v>236</v>
       </c>
       <c r="H8" t="s">
-        <v>2494</v>
+        <v>237</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B9" t="s">
-        <v>2495</v>
+        <v>238</v>
       </c>
       <c r="C9" t="s">
-        <v>2496</v>
+        <v>239</v>
       </c>
       <c r="D9" t="s">
-        <v>2156</v>
+        <v>240</v>
       </c>
       <c r="E9" t="s">
-        <v>2497</v>
+        <v>241</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2498</v>
+        <v>242</v>
       </c>
       <c r="H9" t="s">
-        <v>2499</v>
+        <v>243</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>2500</v>
+        <v>244</v>
       </c>
       <c r="C10" t="s">
-        <v>2501</v>
+        <v>245</v>
       </c>
       <c r="D10" t="s">
-        <v>2502</v>
+        <v>246</v>
       </c>
       <c r="E10" t="s">
-        <v>2503</v>
+        <v>247</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2504</v>
+        <v>248</v>
       </c>
       <c r="H10" t="s">
-        <v>2505</v>
+        <v>249</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B11" t="s">
-        <v>2506</v>
+        <v>250</v>
       </c>
       <c r="C11" t="s">
-        <v>2507</v>
+        <v>251</v>
       </c>
       <c r="D11" t="s">
-        <v>2156</v>
+        <v>246</v>
       </c>
       <c r="E11" t="s">
-        <v>2508</v>
+        <v>247</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2509</v>
+        <v>252</v>
       </c>
       <c r="H11" t="s">
-        <v>2510</v>
+        <v>253</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B12" t="s">
-        <v>2511</v>
+        <v>254</v>
       </c>
       <c r="C12" t="s">
-        <v>2512</v>
+        <v>255</v>
       </c>
       <c r="D12" t="s">
-        <v>2012</v>
+        <v>256</v>
       </c>
       <c r="E12" t="s">
-        <v>2513</v>
+        <v>257</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2514</v>
+        <v>258</v>
       </c>
       <c r="H12" t="s">
-        <v>2515</v>
+        <v>259</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B13" t="s">
-        <v>2516</v>
+        <v>260</v>
       </c>
       <c r="C13" t="s">
-        <v>2517</v>
+        <v>261</v>
       </c>
       <c r="D13" t="s">
-        <v>292</v>
+        <v>262</v>
       </c>
       <c r="E13" t="s">
-        <v>2518</v>
+        <v>263</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2519</v>
+        <v>264</v>
       </c>
       <c r="H13" t="s">
-        <v>2520</v>
+        <v>265</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B14" t="s">
-        <v>2521</v>
+        <v>266</v>
       </c>
       <c r="C14" t="s">
-        <v>2522</v>
+        <v>267</v>
       </c>
       <c r="D14" t="s">
-        <v>2523</v>
+        <v>268</v>
       </c>
       <c r="E14" t="s">
-        <v>2524</v>
+        <v>269</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2525</v>
+        <v>270</v>
       </c>
       <c r="H14" t="s">
-        <v>2526</v>
+        <v>271</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B15" t="s">
-        <v>2527</v>
+        <v>272</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="D15" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="E15" t="s">
-        <v>2528</v>
+        <v>275</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2529</v>
+        <v>276</v>
       </c>
       <c r="H15" t="s">
-        <v>2530</v>
+        <v>277</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B16" t="s">
-        <v>2531</v>
+        <v>278</v>
       </c>
       <c r="C16" t="s">
-        <v>2532</v>
+        <v>279</v>
       </c>
       <c r="D16" t="s">
-        <v>2533</v>
+        <v>280</v>
       </c>
       <c r="E16" t="s">
-        <v>2534</v>
+        <v>281</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2535</v>
+        <v>282</v>
       </c>
       <c r="H16" t="s">
-        <v>2536</v>
+        <v>283</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B17" t="s">
-        <v>2537</v>
+        <v>284</v>
       </c>
       <c r="C17" t="s">
-        <v>2538</v>
+        <v>285</v>
       </c>
       <c r="D17" t="s">
-        <v>2533</v>
+        <v>286</v>
       </c>
       <c r="E17" t="s">
-        <v>2534</v>
+        <v>287</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2539</v>
+        <v>288</v>
       </c>
       <c r="H17" t="s">
-        <v>2540</v>
+        <v>289</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B18" t="s">
-        <v>2541</v>
+        <v>290</v>
       </c>
       <c r="C18" t="s">
-        <v>2542</v>
+        <v>291</v>
       </c>
       <c r="D18" t="s">
-        <v>2533</v>
+        <v>292</v>
       </c>
       <c r="E18" t="s">
-        <v>2534</v>
+        <v>293</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2543</v>
+        <v>294</v>
       </c>
       <c r="H18" t="s">
-        <v>2544</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B19" t="s">
-        <v>2545</v>
+        <v>296</v>
       </c>
       <c r="C19" t="s">
-        <v>2546</v>
+        <v>297</v>
       </c>
       <c r="D19" t="s">
-        <v>2533</v>
+        <v>298</v>
       </c>
       <c r="E19" t="s">
-        <v>2534</v>
+        <v>299</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2547</v>
+        <v>300</v>
       </c>
       <c r="H19" t="s">
-        <v>2548</v>
+        <v>301</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>2549</v>
+        <v>302</v>
       </c>
       <c r="C20" t="s">
-        <v>2550</v>
+        <v>303</v>
       </c>
       <c r="D20" t="s">
-        <v>2551</v>
+        <v>304</v>
       </c>
       <c r="E20" t="s">
-        <v>2552</v>
+        <v>305</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2553</v>
+        <v>306</v>
       </c>
       <c r="H20" t="s">
-        <v>2554</v>
+        <v>307</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B21" t="s">
-        <v>2555</v>
+        <v>308</v>
       </c>
       <c r="C21" t="s">
-        <v>2556</v>
+        <v>309</v>
       </c>
       <c r="D21" t="s">
-        <v>2557</v>
+        <v>310</v>
       </c>
       <c r="E21" t="s">
-        <v>2558</v>
+        <v>311</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2559</v>
+        <v>312</v>
       </c>
       <c r="H21" t="s">
-        <v>2560</v>
+        <v>313</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>2561</v>
+        <v>302</v>
       </c>
       <c r="C22" t="s">
-        <v>2562</v>
+        <v>303</v>
       </c>
       <c r="D22" t="s">
-        <v>2563</v>
+        <v>314</v>
       </c>
       <c r="E22" t="s">
-        <v>2564</v>
+        <v>315</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2565</v>
+        <v>316</v>
       </c>
       <c r="H22" t="s">
-        <v>2566</v>
+        <v>317</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B23" t="s">
-        <v>2567</v>
+        <v>318</v>
       </c>
       <c r="C23" t="s">
-        <v>2556</v>
+        <v>319</v>
       </c>
       <c r="D23" t="s">
-        <v>2568</v>
+        <v>320</v>
       </c>
       <c r="E23" t="s">
-        <v>2569</v>
+        <v>321</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2570</v>
+        <v>322</v>
       </c>
       <c r="H23" t="s">
-        <v>2571</v>
+        <v>323</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B24" t="s">
-        <v>2572</v>
+        <v>324</v>
       </c>
       <c r="C24" t="s">
-        <v>2573</v>
+        <v>325</v>
       </c>
       <c r="D24" t="s">
-        <v>2574</v>
+        <v>326</v>
       </c>
       <c r="E24" t="s">
-        <v>2575</v>
+        <v>327</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2576</v>
+        <v>328</v>
       </c>
       <c r="H24" t="s">
-        <v>2577</v>
+        <v>329</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B25" t="s">
-        <v>2578</v>
+        <v>330</v>
       </c>
       <c r="C25" t="s">
-        <v>2579</v>
+        <v>331</v>
       </c>
       <c r="D25" t="s">
-        <v>2580</v>
+        <v>332</v>
       </c>
       <c r="E25" t="s">
-        <v>2581</v>
+        <v>333</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2582</v>
+        <v>334</v>
       </c>
       <c r="H25" t="s">
-        <v>2583</v>
+        <v>335</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B26" t="s">
-        <v>2584</v>
+        <v>336</v>
       </c>
       <c r="C26" t="s">
-        <v>2585</v>
+        <v>337</v>
       </c>
       <c r="D26" t="s">
-        <v>2586</v>
+        <v>338</v>
       </c>
       <c r="E26" t="s">
-        <v>2587</v>
+        <v>339</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2588</v>
+        <v>340</v>
       </c>
       <c r="H26" t="s">
-        <v>2589</v>
+        <v>341</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>2590</v>
+        <v>342</v>
       </c>
       <c r="C27" t="s">
-        <v>2591</v>
+        <v>343</v>
       </c>
       <c r="D27" t="s">
-        <v>2592</v>
+        <v>344</v>
       </c>
       <c r="E27" t="s">
-        <v>2593</v>
+        <v>345</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2594</v>
+        <v>346</v>
       </c>
       <c r="H27" t="s">
-        <v>2595</v>
+        <v>347</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B28" t="s">
-        <v>2596</v>
+        <v>348</v>
       </c>
       <c r="C28" t="s">
-        <v>2597</v>
+        <v>349</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>350</v>
       </c>
       <c r="E28" t="s">
-        <v>2598</v>
+        <v>351</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2599</v>
+        <v>352</v>
       </c>
       <c r="H28" t="s">
-        <v>2600</v>
+        <v>353</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>2601</v>
+        <v>354</v>
       </c>
       <c r="C29" t="s">
-        <v>2602</v>
+        <v>355</v>
       </c>
       <c r="D29" t="s">
-        <v>2603</v>
+        <v>356</v>
       </c>
       <c r="E29" t="s">
-        <v>2604</v>
+        <v>357</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2605</v>
+        <v>358</v>
       </c>
       <c r="H29" t="s">
-        <v>2606</v>
+        <v>359</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B30" t="s">
-        <v>2607</v>
+        <v>360</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>2608</v>
+        <v>361</v>
       </c>
       <c r="E30" t="s">
-        <v>2609</v>
+        <v>362</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2610</v>
+        <v>363</v>
       </c>
       <c r="H30" t="s">
-        <v>2611</v>
+        <v>364</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B31" t="s">
-        <v>2612</v>
+        <v>365</v>
       </c>
       <c r="C31" t="s">
-        <v>2613</v>
+        <v>366</v>
       </c>
       <c r="D31" t="s">
-        <v>2614</v>
+        <v>367</v>
       </c>
       <c r="E31" t="s">
-        <v>2615</v>
+        <v>368</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2616</v>
+        <v>369</v>
       </c>
       <c r="H31" t="s">
-        <v>2617</v>
+        <v>370</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B32" t="s">
-        <v>2618</v>
+        <v>371</v>
       </c>
       <c r="C32" t="s">
-        <v>2619</v>
+        <v>372</v>
       </c>
       <c r="D32" t="s">
-        <v>2620</v>
+        <v>373</v>
       </c>
       <c r="E32" t="s">
-        <v>2621</v>
+        <v>374</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2622</v>
+        <v>375</v>
       </c>
       <c r="H32" t="s">
-        <v>2623</v>
+        <v>376</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>2624</v>
+        <v>377</v>
       </c>
       <c r="C33" t="s">
-        <v>2625</v>
+        <v>378</v>
       </c>
       <c r="D33" t="s">
-        <v>2626</v>
+        <v>379</v>
       </c>
       <c r="E33" t="s">
-        <v>2627</v>
+        <v>380</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2628</v>
+        <v>381</v>
       </c>
       <c r="H33" t="s">
-        <v>2629</v>
+        <v>382</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>2630</v>
+        <v>383</v>
       </c>
       <c r="C34" t="s">
-        <v>2631</v>
+        <v>384</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>385</v>
       </c>
       <c r="E34" t="s">
-        <v>2632</v>
+        <v>386</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2633</v>
+        <v>387</v>
       </c>
       <c r="H34" t="s">
-        <v>2634</v>
+        <v>388</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>2635</v>
+        <v>389</v>
       </c>
       <c r="C35" t="s">
-        <v>2636</v>
+        <v>390</v>
       </c>
       <c r="D35" t="s">
-        <v>2637</v>
+        <v>391</v>
       </c>
       <c r="E35" t="s">
-        <v>2638</v>
+        <v>392</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2639</v>
+        <v>393</v>
       </c>
       <c r="H35" t="s">
-        <v>2640</v>
+        <v>394</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B36" t="s">
-        <v>2641</v>
+        <v>395</v>
       </c>
       <c r="C36" t="s">
-        <v>2642</v>
+        <v>396</v>
       </c>
       <c r="D36" t="s">
-        <v>2643</v>
+        <v>397</v>
       </c>
       <c r="E36" t="s">
-        <v>2644</v>
+        <v>398</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2645</v>
+        <v>399</v>
       </c>
       <c r="H36" t="s">
-        <v>2646</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B37" t="s">
-        <v>2647</v>
+        <v>401</v>
       </c>
       <c r="C37" t="s">
-        <v>2648</v>
+        <v>402</v>
       </c>
       <c r="D37" t="s">
-        <v>2649</v>
+        <v>391</v>
       </c>
       <c r="E37" t="s">
-        <v>2650</v>
+        <v>403</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2651</v>
+        <v>404</v>
       </c>
       <c r="H37" t="s">
-        <v>2652</v>
+        <v>405</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>2653</v>
+        <v>406</v>
       </c>
       <c r="C38" t="s">
-        <v>2654</v>
+        <v>407</v>
       </c>
       <c r="D38" t="s">
-        <v>2655</v>
+        <v>408</v>
       </c>
       <c r="E38" t="s">
-        <v>2656</v>
+        <v>409</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2657</v>
+        <v>410</v>
       </c>
       <c r="H38" t="s">
-        <v>2658</v>
+        <v>411</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B39" t="s">
-        <v>2659</v>
+        <v>412</v>
       </c>
       <c r="C39" t="s">
-        <v>2660</v>
+        <v>413</v>
       </c>
       <c r="D39" t="s">
-        <v>2661</v>
+        <v>414</v>
       </c>
       <c r="E39" t="s">
-        <v>2662</v>
+        <v>415</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2663</v>
+        <v>416</v>
       </c>
       <c r="H39" t="s">
-        <v>2664</v>
+        <v>417</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B40" t="s">
-        <v>2665</v>
+        <v>418</v>
       </c>
       <c r="C40" t="s">
-        <v>2666</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>2667</v>
+        <v>419</v>
       </c>
       <c r="E40" t="s">
-        <v>2668</v>
+        <v>420</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2669</v>
+        <v>421</v>
       </c>
       <c r="H40" t="s">
-        <v>2670</v>
+        <v>422</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B41" t="s">
-        <v>2671</v>
+        <v>423</v>
       </c>
       <c r="C41" t="s">
-        <v>2672</v>
+        <v>424</v>
       </c>
       <c r="D41" t="s">
-        <v>2673</v>
+        <v>425</v>
       </c>
       <c r="E41" t="s">
-        <v>2674</v>
+        <v>426</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2675</v>
+        <v>427</v>
       </c>
       <c r="H41" t="s">
-        <v>2676</v>
+        <v>428</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B42" t="s">
-        <v>2677</v>
+        <v>429</v>
       </c>
       <c r="C42" t="s">
-        <v>2678</v>
+        <v>78</v>
       </c>
       <c r="D42" t="s">
-        <v>2679</v>
+        <v>430</v>
       </c>
       <c r="E42" t="s">
-        <v>2680</v>
+        <v>431</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2681</v>
+        <v>432</v>
       </c>
       <c r="H42" t="s">
-        <v>2682</v>
+        <v>433</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B43" t="s">
-        <v>2683</v>
+        <v>434</v>
       </c>
       <c r="C43" t="s">
-        <v>2684</v>
+        <v>435</v>
       </c>
       <c r="D43" t="s">
-        <v>2429</v>
+        <v>436</v>
       </c>
       <c r="E43" t="s">
-        <v>2685</v>
+        <v>437</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2686</v>
+        <v>438</v>
       </c>
       <c r="H43" t="s">
-        <v>2687</v>
+        <v>439</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B44" t="s">
-        <v>2688</v>
+        <v>440</v>
       </c>
       <c r="C44" t="s">
-        <v>2689</v>
+        <v>441</v>
       </c>
       <c r="D44" t="s">
-        <v>2690</v>
+        <v>442</v>
       </c>
       <c r="E44" t="s">
-        <v>2691</v>
+        <v>443</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2692</v>
+        <v>444</v>
       </c>
       <c r="H44" t="s">
-        <v>2693</v>
+        <v>445</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B45" t="s">
-        <v>2694</v>
+        <v>434</v>
       </c>
       <c r="C45" t="s">
-        <v>2695</v>
+        <v>446</v>
       </c>
       <c r="D45" t="s">
-        <v>2696</v>
+        <v>447</v>
       </c>
       <c r="E45" t="s">
-        <v>2697</v>
+        <v>448</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2698</v>
+        <v>449</v>
       </c>
       <c r="H45" t="s">
-        <v>2699</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B46" t="s">
-        <v>2700</v>
+        <v>451</v>
       </c>
       <c r="C46" t="s">
-        <v>2701</v>
+        <v>452</v>
       </c>
       <c r="D46" t="s">
-        <v>2423</v>
+        <v>453</v>
       </c>
       <c r="E46" t="s">
-        <v>2702</v>
+        <v>454</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2703</v>
+        <v>455</v>
       </c>
       <c r="H46" t="s">
-        <v>2704</v>
+        <v>456</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B47" t="s">
-        <v>2705</v>
+        <v>457</v>
       </c>
       <c r="C47" t="s">
-        <v>2706</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
-        <v>2707</v>
+        <v>459</v>
       </c>
       <c r="E47" t="s">
-        <v>2708</v>
+        <v>460</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2709</v>
+        <v>461</v>
       </c>
       <c r="H47" t="s">
-        <v>2710</v>
+        <v>462</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B48" t="s">
-        <v>2711</v>
+        <v>463</v>
       </c>
       <c r="C48" t="s">
-        <v>2712</v>
+        <v>464</v>
       </c>
       <c r="D48" t="s">
-        <v>2713</v>
+        <v>465</v>
       </c>
       <c r="E48" t="s">
-        <v>2714</v>
+        <v>466</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2715</v>
+        <v>467</v>
       </c>
       <c r="H48" t="s">
-        <v>2716</v>
+        <v>468</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
-        <v>2717</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
-        <v>2718</v>
+        <v>470</v>
       </c>
       <c r="D49" t="s">
-        <v>2719</v>
+        <v>471</v>
       </c>
       <c r="E49" t="s">
-        <v>2720</v>
+        <v>472</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2721</v>
+        <v>473</v>
       </c>
       <c r="H49" t="s">
-        <v>2722</v>
+        <v>474</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B50" t="s">
-        <v>2723</v>
+        <v>475</v>
       </c>
       <c r="C50" t="s">
-        <v>2724</v>
+        <v>476</v>
       </c>
       <c r="D50" t="s">
-        <v>2725</v>
+        <v>477</v>
       </c>
       <c r="E50" t="s">
-        <v>2726</v>
+        <v>478</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2727</v>
+        <v>479</v>
       </c>
       <c r="H50" t="s">
-        <v>2728</v>
+        <v>480</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2455</v>
+        <v>197</v>
       </c>
       <c r="B51" t="s">
-        <v>2729</v>
+        <v>360</v>
       </c>
       <c r="C51" t="s">
-        <v>2730</v>
+        <v>108</v>
       </c>
       <c r="D51" t="s">
-        <v>2731</v>
+        <v>481</v>
       </c>
       <c r="E51" t="s">
-        <v>2732</v>
+        <v>482</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2733</v>
+        <v>483</v>
       </c>
       <c r="H51" t="s">
-        <v>2734</v>
+        <v>484</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B2" t="s">
+        <v>487</v>
+      </c>
+      <c r="C2" t="s">
+        <v>488</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>489</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>490</v>
+      </c>
+      <c r="H2" t="s">
+        <v>491</v>
+      </c>
+      <c r="I2" t="s">
+        <v>492</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B2" t="s">
+        <v>494</v>
+      </c>
+      <c r="C2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D2" t="s">
+        <v>496</v>
+      </c>
+      <c r="E2" t="s">
+        <v>497</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>498</v>
+      </c>
+      <c r="H2" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B3" t="s">
+        <v>500</v>
+      </c>
+      <c r="C3" t="s">
+        <v>501</v>
+      </c>
+      <c r="D3" t="s">
+        <v>502</v>
+      </c>
+      <c r="E3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>504</v>
+      </c>
+      <c r="H3" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>493</v>
+      </c>
+      <c r="B4" t="s">
+        <v>506</v>
+      </c>
+      <c r="C4" t="s">
+        <v>507</v>
+      </c>
+      <c r="D4" t="s">
+        <v>508</v>
+      </c>
+      <c r="E4" t="s">
+        <v>509</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>510</v>
+      </c>
+      <c r="H4" t="s">
+        <v>511</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>512</v>
+      </c>
+      <c r="B2" t="s">
+        <v>513</v>
+      </c>
+      <c r="C2" t="s">
+        <v>514</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>515</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>516</v>
+      </c>
+      <c r="H2" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B3" t="s">
+        <v>518</v>
+      </c>
+      <c r="C3" t="s">
+        <v>519</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>521</v>
+      </c>
+      <c r="H3" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>