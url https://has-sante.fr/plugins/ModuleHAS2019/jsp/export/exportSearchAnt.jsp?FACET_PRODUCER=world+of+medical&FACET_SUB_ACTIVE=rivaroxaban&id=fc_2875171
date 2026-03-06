--- v0 (2025-10-19)
+++ v1 (2026-03-06)
@@ -35,87 +35,87 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>06/28/2021 15:36:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux industriels, aux structures de recherche, aux CRO, aux porteurs de projet et aux professionnels de santé impliqués dans le développement clinique d’un dispositif médical ou d’une technologie de santé et qui envisagent de déposer une demande d’admission au remboursement du dispositif concerné auprès de la CNEDiMTS. Il est aussi destiné aux patients, puisque ce guide est destiné à favoriser le recueil de la preuve, quel que soit le critère utilisé.</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2021 15:36:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
+    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>