--- v0 (2025-11-02)
+++ v1 (2026-02-15)
@@ -9,131 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>28/06/2021 15:36:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
+  </si>
+  <si>
+    <t>This document focuses on aspects of the clinical assessment of efficacy for a new medical device or a new health technology that is made after the pre-clinical phase and feasibility studies.</t>
+  </si>
+  <si>
+    <t>06/08/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/28/2021 15:36:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...17 lines deleted...]
-    <t>Article HAS</t>
+    <t>Web page</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>06/03/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>03/06/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -143,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -227,69 +209,43 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>