--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>EAGLE EYE PLATINUM ST</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23/09/2025 00:00:00</t>
   </si>
   <si>
-    <t>24/10/2025 10:22:36</t>
+    <t>24/10/2025 10:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700359/fr/eagle-eye-platinum-st</t>
   </si>
   <si>
     <t>p_3700359</t>
   </si>
   <si>
     <t>Cathéter d’imagerie endocoronaire par échographie (IVUS)</t>
   </si>
   <si>
     <t>PHILIPS FRANCE (France)</t>
   </si>
   <si>
     <t>EAGLE EYE PLATINUM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700362/fr/eagle-eye-platinum</t>
   </si>
   <si>
     <t>p_3700362</t>
   </si>
   <si>
     <t>OPTICROSS HD</t>
   </si>