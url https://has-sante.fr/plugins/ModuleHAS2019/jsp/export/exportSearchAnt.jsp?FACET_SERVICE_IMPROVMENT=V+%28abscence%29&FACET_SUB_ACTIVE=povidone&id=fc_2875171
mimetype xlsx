--- v0 (2026-01-17)
+++ v1 (2026-03-05)
@@ -191,51 +191,51 @@
   <si>
     <t>solution stérile pour usage ophtalmique</t>
   </si>
   <si>
     <t>LABORATOIRE THEA PHARMA</t>
   </si>
   <si>
     <t>14/06/2016 00:00:00</t>
   </si>
   <si>
     <t>27/06/2016 08:52:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2640411/fr/optive</t>
   </si>
   <si>
     <t>c_2640411</t>
   </si>
   <si>
     <t>ALLERGAN FRANCE SAS</t>
   </si>
   <si>
     <t>21/07/2015 00:00:00</t>
   </si>
   <si>
-    <t>14/08/2015 09:30:24</t>
+    <t>14/08/2015 09:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2053550/fr/thealose</t>
   </si>
   <si>
     <t>c_2053550</t>
   </si>
   <si>
     <t>Laboratoires Théa France</t>
   </si>
   <si>
     <t>CATIONORM</t>
   </si>
   <si>
     <t>Solution stérile pour irrigation oculaire</t>
   </si>
   <si>
     <t>19/11/2013 00:00:00</t>
   </si>
   <si>
     <t>04/12/2013 09:28:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1696520/fr/cationorm</t>
   </si>