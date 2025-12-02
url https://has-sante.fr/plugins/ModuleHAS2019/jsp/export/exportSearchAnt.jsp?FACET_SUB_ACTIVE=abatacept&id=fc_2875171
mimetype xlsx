--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -80,50 +80,68 @@
   <si>
     <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
   </si>
   <si>
     <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
   </si>
   <si>
     <t>04/11/2015 00:00:00</t>
   </si>
   <si>
     <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
   </si>
   <si>
     <t>p_3578446</t>
   </si>
   <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
@@ -285,68 +303,50 @@
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>30/07/2019 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
   </si>
   <si>
     <t>p_3076150</t>
   </si>
   <si>
     <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
   </si>
   <si>
     <t>27/05/2009 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3599453</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
@@ -773,549 +773,549 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>41</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>42</v>
       </c>
       <c r="H6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H12" t="s">
-        <v>73</v>
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="D2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="H2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="H3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="D2" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E2" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="H2" t="s">
-        <v>91</v>
-[...24 lines deleted...]
-      <c r="H3" t="s">
         <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">