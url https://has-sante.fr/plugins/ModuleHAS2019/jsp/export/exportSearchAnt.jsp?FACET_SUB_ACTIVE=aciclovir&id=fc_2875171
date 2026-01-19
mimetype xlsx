--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,2124 +1,380 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>17/06/2025 16:33:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
-[...299 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
+    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the views of professionals on the other, with a view to including gene amplification (PCR) for the cytomegalovirus (CMV), herpes simplex virus (HSV) and varicella-zoster virus (VZV) through genetic amplification in the diagnosis and treatment of opportunistic diseases in people living with HIV on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
+    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the view of professionals on the other. This work was conducted with a view to including testing for the genome of the herpes simplex virus (HSV) and varicella-zoster virus (VZV) through gene amplification (PCR) to diagnose herpes and shingles with mucocutaneous and ocular manifestations on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
   </si>
   <si>
     <t>c_2598252</t>
-  </si>
-[...292 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2847921/fr/zovirax-aciclovir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-        <v>27</v>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...1197 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>