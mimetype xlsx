--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -24,101 +24,116 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="402" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="410" uniqueCount="265">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
   </si>
   <si>
     <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
   </si>
   <si>
     <t>18/01/2007 00:00:00</t>
   </si>
   <si>
     <t>23/01/2007 12:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
   </si>
   <si>
     <t>c_477515</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
   </si>
   <si>
     <t>Maladie de Rendu-Osler</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>09/08/2024 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
   </si>
   <si>
     <t>c_875183</t>
   </si>
   <si>
     <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -920,51 +935,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1132,1123 +1147,1149 @@
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="H2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="E3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B4" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D4" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H4" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E6" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="I2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="I3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>120</v>
+      </c>
+      <c r="H4" t="s">
+        <v>121</v>
+      </c>
+      <c r="I4" t="s">
         <v>113</v>
-      </c>
-[...19 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B5" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H5" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I5" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H6" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I6" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B7" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="H7" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="I7" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B8" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H8" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="I8" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BF10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="J1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="K1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="I2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="J2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="K2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="L2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="M2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="N2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="H3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="I3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="J3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="K3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="H4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="I4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="J4" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="K4" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="L4" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="M4" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="N4" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="O4" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="P4" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="I5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="J5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="K5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="L5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="M5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B6" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="H6" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="I6" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="J6" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="K6" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B7" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="H7" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="I7" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="J7" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="K7" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="L7" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="M7" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="N7" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B8" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="H8" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I8" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="J8" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="K8" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="L8" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="M8" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="N8" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="O8" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="P8" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="Q8" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="R8" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="S8" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="T8" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="U8" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="V8" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="W8" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="X8" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="Y8" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="Z8" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="AA8" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="AB8" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="AC8" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="AD8" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="AE8" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="AF8" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="AG8" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="AH8" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="AI8" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="AJ8" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="AK8" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="AL8" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="AM8" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="AN8" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="AO8" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="AP8" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="AQ8" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="AR8" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="AS8" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="AT8" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="AU8" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="AV8" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="AW8" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="AX8" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="AY8" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="AZ8" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="BA8" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="BB8" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="BC8" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="BD8" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="BE8" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="BF8" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B9" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H9" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="I9" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="J9" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="K9" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B10" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H10" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="I10" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="J10" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="K10" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>