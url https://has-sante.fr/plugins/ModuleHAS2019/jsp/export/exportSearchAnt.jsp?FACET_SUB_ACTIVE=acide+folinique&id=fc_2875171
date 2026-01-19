--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,424 +1,1699 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="167">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 Mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337617/fr/commission-de-la-transparence-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337617</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>30/08/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663194/fr/commission-de-la-transparence-reunion-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2663194</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0322/DC/SEM du 20 novembre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ZIIHERA (zanidatamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ZIIHERA (zanidatamab) dans l'indication « traitement des adultes atteints d’un cancer des voies biliaires HER2-positif IHC3+ non résécable, localement avancé ou métastatique, après au moins une précédente ligne de traitement systémique pour la maladie avancée contenant de la gemcitabine et inéligibles au protocole FOLFOX ».</t>
+  </si>
+  <si>
+    <t>20/11/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>29/11/2024 16:13:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563109/fr/decision-n2024-0322/dc/sem-du-20-novembre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ziihera-zanidatamab</t>
+  </si>
+  <si>
+    <t>p_3563109</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0235/DP/SEM du 25 avril 2022 de la Présidente de la Haute Autorité de santé prise au nom du collège portant autorisation d’accès précoce de la spécialité VORAXAZE</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité VORAXAZE (glucarpidase) dans l’indication « réduire la concentration plasmatique toxique de méthotrexate chez les adultes et les enfants (à partir de 28 jours) présentant une élimination retardée du méthotrexate ou un risque de toxicité du méthotrexate ».</t>
+  </si>
+  <si>
+    <t>25/04/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334731/fr/decision-n-2022-0235/dp/sem-du-25-avril-2022-de-la-presidente-de-la-haute-autorite-de-sante-prise-au-nom-du-college-portant-autorisation-d-acces-precoce-de-la-specialite-voraxaze</t>
+  </si>
+  <si>
+    <t>p_3334731</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Dossier dans le cancer colorectal en gastroentérologie</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272452/fr/dossier-dans-le-cancer-colorectal-en-gastroenterologie</t>
+  </si>
+  <si>
+    <t>c_272452</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NAFOLINE 50 mg/ml (acide folinique)</t>
+  </si>
+  <si>
+    <t>28/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985915/fr/nafoline-50-mg/ml-acide-folinique</t>
+  </si>
+  <si>
+    <t>pprd_2985915</t>
+  </si>
+  <si>
+    <t>acide folinique</t>
+  </si>
+  <si>
+    <t>ISOTEC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399943/fr/nafoline-50-mg/ml-solution-injectable-ou-pour-perfusion-flacon-de-4-ml-boite-de-1-flacon-de-7-ml-boite-de-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D3" t="s">
+        <v>86</v>
+      </c>
+      <c r="E3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>88</v>
+      </c>
+      <c r="H3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D3" t="s">
+        <v>99</v>
+      </c>
+      <c r="E3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
+      <c r="H4" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E5" t="s">
+        <v>112</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>113</v>
+      </c>
+      <c r="H5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
+        <v>120</v>
+      </c>
+      <c r="I2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>128</v>
+      </c>
+      <c r="H4" t="s">
+        <v>129</v>
+      </c>
+      <c r="I4" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>131</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>132</v>
+      </c>
+      <c r="H5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I5" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>116</v>
+      </c>
+      <c r="B6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>136</v>
+      </c>
+      <c r="H6" t="s">
+        <v>137</v>
+      </c>
+      <c r="I6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>143</v>
+      </c>
+      <c r="H2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D3" t="s">
+        <v>147</v>
+      </c>
+      <c r="E3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>149</v>
+      </c>
+      <c r="H3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>154</v>
+      </c>
+      <c r="H2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>156</v>
+      </c>
+      <c r="J1" t="s">
+        <v>157</v>
+      </c>
+      <c r="K1" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>162</v>
+      </c>
+      <c r="H2" t="s">
+        <v>163</v>
+      </c>
+      <c r="I2" t="s">
+        <v>164</v>
+      </c>
+      <c r="J2" t="s">
+        <v>165</v>
+      </c>
+      <c r="K2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>