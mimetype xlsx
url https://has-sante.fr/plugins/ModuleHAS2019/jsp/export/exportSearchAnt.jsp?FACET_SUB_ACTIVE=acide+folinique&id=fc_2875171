--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -30,101 +30,116 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="172">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
   </si>
   <si>
     <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
   </si>
   <si>
     <t>c_893585</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>p_3761395</t>
   </si>
   <si>
     <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:18:00</t>
   </si>
@@ -647,51 +662,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -742,103 +757,103 @@
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>29</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>30</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>35</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
         <v>39</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>41</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>42</v>
       </c>
       <c r="H6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
@@ -989,711 +1004,737 @@
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>77</v>
       </c>
       <c r="H13" t="s">
         <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="H2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="E3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="H3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C4" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="D4" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B5" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="D5" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E5" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H5" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="I3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>132</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>133</v>
+      </c>
+      <c r="H4" t="s">
+        <v>134</v>
+      </c>
+      <c r="I4" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B5" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="H5" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="I5" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B6" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H6" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="I6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="E2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="H2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="E3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="H3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="J1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="K1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="I2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="J2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="K2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>