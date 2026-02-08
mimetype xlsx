--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1617 +1,424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/12/2009 09:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
-[...173 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Hémorragies du post-partum immédiat</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
+  </si>
+  <si>
+    <t>09/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
-  </si>
-[...154 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399943/fr/nafoline-50-mg/ml-solution-injectable-ou-pour-perfusion-flacon-de-4-ml-boite-de-1-flacon-de-7-ml-boite-de-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+      <c r="C3" t="s">
         <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...964 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>