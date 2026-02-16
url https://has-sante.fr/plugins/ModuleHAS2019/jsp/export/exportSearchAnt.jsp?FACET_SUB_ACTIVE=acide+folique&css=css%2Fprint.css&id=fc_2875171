--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,896 +1,5984 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="687">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>MODULEN IBD - CNEDiMTS du 08 décembre 2009 (2236)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition orale et entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie. Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896360/fr/modulen-ibd-cnedimts-du-08-decembre-2009-2236</t>
+  </si>
+  <si>
+    <t>c_896360</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>Détection précoce du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2013 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1623737</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez la femme : dépistage et accompagnement</t>
+  </si>
+  <si>
+    <t>Décrire les problématiques spécifiques aux femmes en surpoids ou en obésité et proposer des adaptations pour les soins et l’accompagnement en complément des recommandations publiées par la HAS sur le thème.</t>
+  </si>
+  <si>
+    <t>20/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591257/fr/surpoids-et-obesite-chez-la-femme-depistage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3591257</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition chez la personne de 70 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS, en partenariat avec la Fédération française de nutrition, actualise ses recommandations sur la dénutrition chez les personnes âgées de 70 ans et plus. Elle fournit ainsi aux professionnels de santé ou du secteur social et médico-social susceptibles de s’occuper des personnes âgées des outils adaptés et validés pour leur permettre d’identifier plus précocement les personnes âgées dénutries.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2021 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165944/fr/diagnostic-de-la-denutrition-chez-la-personne-de-70-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3165944</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Projet de grossesse : informations, messages de prévention, examens à proposer</t>
+  </si>
+  <si>
+    <t>Ce document d'information destiné aux professionnels de santé propose les réponses à apporter à une femme ou à un couple qui exprime un souhait de grossesse.</t>
+  </si>
+  <si>
+    <t>10/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360649/fr/projet-de-grossesse-informations-messages-de-prevention-examens-a-proposer</t>
+  </si>
+  <si>
+    <t>c_1360649</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+  </si>
+  <si>
+    <t>c_451135</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Early-Onset Anorexia Nervosa</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysraphismes en période périnatale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un couple pour lequel le foetus est atteint d’un dysraphisme (période prénatale) mais aussi dans la période post-natale (jusqu’à 6 mois de vie). Il a été élaboré par le Centre de Référence des malformations vertébrales et médullaires (CRMR C-MAVEM Trousseau) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293075/fr/prise-en-charge-des-dysraphismes-en-periode-perinatale</t>
+  </si>
+  <si>
+    <t>p_3293075</t>
+  </si>
+  <si>
+    <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Aplasie majeure d’oreille</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie majeure d’oreille.. Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284464/fr/aplasie-majeure-d-oreille</t>
+  </si>
+  <si>
+    <t>p_3284464</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Atrophie Optique Dominante OPA1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Atrophie Optique Dominante OPA1. Il a été élaboré par le Centre de Référence de Neurogénétique et le Centre de Référence pour les maladies mitochondriales de l’enfant et de l’adulte (CARAMMEL) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
+  </si>
+  <si>
+    <t>p_3280027</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Prise en charge en médecine physique et de réadaptation du patient atteint de Spina Bifida</t>
+  </si>
+  <si>
+    <t>Le spina bifida ou dysraphisme spinal, anomalie congénitale de développement du système nerveux et du rachis, a des conséquences sur différents organes. Il génère des handicaps complexes et variables d’un individu à l’autre. Sa prise en charge relève de multiples spécialités médicales et chirurgicales : neurochirurgie, médecine physique et de réadaptation, gastroentérologie, urologie, gynécologie.# Ce PNDS de médecine Physique et de Réadaptation (MPR) ne peut aborder de façon exhaustive la prise en charge MPR, du fait de la diversité des situations rencontrées. Il détaille néanmoins des thèmes phares sélectionnés par les coordinateurs.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032137/fr/prise-en-charge-en-medecine-physique-et-de-readaptation-du-patient-atteint-de-spina-bifida</t>
+  </si>
+  <si>
+    <t>c_2032137</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Chirurgie de l’obésité : ce qu’il faut savoir avant de vous décider</t>
+  </si>
+  <si>
+    <t>Vous êtes en situation de surpoids ou d’obésité et vous vous demandez si une chirurgie serait une option envisageable pour vous. La chirurgie améliore la santé et la qualité de vie, réduit le poids et les complications de l’obésité, mais ne guérit pas de la maladie obésité. La chirurgie est un traitement de deuxième intention après un parcours médical global et seulement dans certaines conditions.</t>
+  </si>
+  <si>
+    <t>17/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849636/fr/chirurgie-de-l-obesite-ce-qu-il-faut-savoir-avant-de-vous-decider</t>
+  </si>
+  <si>
+    <t>c_849636</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 24/01/2023</t>
+  </si>
+  <si>
+    <t>03/11/2023 18:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471188/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-24/01/2023</t>
+  </si>
+  <si>
+    <t>p_3471188</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 1er mars 2017</t>
+  </si>
+  <si>
+    <t>23/02/2017 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747096/fr/college-deliberatif-du-1er-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2747096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 décembre 2014</t>
+  </si>
+  <si>
+    <t>10/12/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792337/fr/commission-de-la-transparence-reunion-du-17-decembre-2014</t>
+  </si>
+  <si>
+    <t>c_1792337</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2014</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740119/fr/commission-de-la-transparence-reunion-du-14-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1740119</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2013</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544629/fr/commission-de-la-transparence-reunion-du-15-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1544629</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0039/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Metogia »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>12/06/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:44:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067218/fr/avis-n-2019-0039/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-metogia</t>
+  </si>
+  <si>
+    <t>p_3067218</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0089/DC/SEM du 4 mai 2016 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de méthotrexate en solution injectable dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * La GEU, définie par toute grossesse qui s'implante et se développe en dehors du milieu normal de la nidation, c'est à dire en dehors de l'endomètre tapissant la cavité utérine et ses conséquences délétères.# * l’absence d’alternative appropriée remboursable à ce jour chez ces patientes;# * le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patientes,## le Collège de la HAS considère que les spécialités à base de METHOTREXATE en solution injectable1 peuvent faire l’objet d’une prise en charge dérogatoire dans l’indication :« Traitement Médical de la Grossesse Extra-Utérine (GEU) » si le prescripteur estime qu’elles sont indispensables pour le traitement de ces patientes.</t>
+  </si>
+  <si>
+    <t>04/05/2016 10:43:00</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:26:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632464/fr/decision-n2016-0089/dc/sem-du-4-mai-2016-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-methotrexate-en-solution-injectable-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2632464</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0038/AC/SEM du 14 mai 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NEOCEPRI (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Suite à un avis favorable du CHMP le 20 mars 2014 pour la spécialité NEOCEPRI la HAS a été saisie par l'ANSM, afin d’identifier les alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité conformément à l'article L. 162-16-5-2 du code de la sécurité sociale et a rendu l'avis joint. Le 19 mai 2014 la demande d'AMM a été retirée par le demandeur.</t>
+  </si>
+  <si>
+    <t>14/05/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>13/06/2014 10:36:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1746835/fr/avis-n-2014-0038/ac/sem-du-14-mai-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-neocepri-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1746835</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0039/AC/SEM du 14 mai 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité FOLCEPRI (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Suite à un avis favorable du CHMP le 20 mars 2014 pour la spécialité FOLCEPRI la HAS a été saisie par l'ANSM, afin d’identifier les alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité conformément à l'article L. 162-16-5-2 du code de la sécurité sociale et a rendu l'avis joint. Le 19 mai 2014 la demande d'AMM a été retirée par le demandeur.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1746906/fr/avis-n-2014-0039/ac/sem-du-14-mai-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-folcepri-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1746906</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>VIANT</t>
   </si>
   <si>
-    <t>01/06/2022 18:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3307893/en/viant</t>
+    <t>06/01/2022 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307893/fr/viant</t>
   </si>
   <si>
     <t>p_3307893</t>
   </si>
   <si>
     <t>acide ascorbique,acide folique,biotine,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,phytoménadione,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de),thiamine (chlorhydrate de),tout-rac-alpha-tocophérol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305312/en/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+    <t>https://www.has-sante.fr/jcms/p_3305312/fr/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+  </si>
+  <si>
+    <t>ACIDE (acide carglumique/ acide folique/ acide tranexamique/ acide zolédronique monohydraté)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982813/fr/acide-acide-carglumique/-acide-folique/-acide-tranexamique/-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982813</t>
+  </si>
+  <si>
+    <t>acide carglumique,acide folique,acide tranexamique,acide zolédronique monohydraté</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ CENTRE SPECIALITES PHARMACEUTIQUES/ LABORATOIRE CCD/ MEDIPHA SANTE SAS/ MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399771/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672969/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250056/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648969/fr/acide-zoledronique-resolute-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827564/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827591/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839008/fr/acide-tranexamique-aguettant-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858355/fr/acide-carglumique-waymade-acide-carglumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868365/fr/acide-tranexamique-mylan-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962273/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>CERNEVIT (acide ascorbique/ acide folique/ alpha-tocophérol/ biotine/ cocarboxyl...)</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983084/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>pprd_2983084</t>
+  </si>
+  <si>
+    <t>acide ascorbique,acide folique,alpha-tocophérol,biotine,cocarboxylase tétrahydraté,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de) dihydraté</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399726/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642991/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671656/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876787/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>FERTIFOL (acide folique)</t>
+  </si>
+  <si>
+    <t>22/12/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983783/fr/fertifol-acide-folique</t>
+  </si>
+  <si>
+    <t>pprd_2983783</t>
+  </si>
+  <si>
+    <t>acide folique</t>
+  </si>
+  <si>
+    <t>EFFIK SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732652/fr/fertifol-acide-folique</t>
+  </si>
+  <si>
+    <t>SOLUVIT (vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (ribofl...)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984038/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>pprd_2984038</t>
+  </si>
+  <si>
+    <t>vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (riboflavine) ; vitamine B3 (PP) ; vitamine B5 (acide pantothénique) ; vitamine B6 (pyridoxine) ; vitamine B12 ; vitamine C ; acide folique ; biotine.</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995086/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656379/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400674/fr/soluvit-lyophilisat-pour-usage-parenteral-flacon-verre-de-10-ml-boite-de-10-flacons-code-cip-367-669-5</t>
+  </si>
+  <si>
+    <t>SPINAFOL (acide folique)</t>
+  </si>
+  <si>
+    <t>29/04/2016 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984123/fr/spinafol-acide-folique</t>
+  </si>
+  <si>
+    <t>pprd_2984123</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627663/fr/spinafol-acide-folique</t>
+  </si>
+  <si>
+    <t>SPECIAFOLDINE (acide folique)</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984952/fr/speciafoldine-acide-folique</t>
+  </si>
+  <si>
+    <t>pprd_2984952</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399841/fr/speciafoldine-0-4-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642401/fr/speciafoldine-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356130/fr/speciafoldine-acide-folique</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Prise en charge chirurgicale de l'obésité chez l’adulte - Dossier de presse</t>
+  </si>
+  <si>
+    <t>L’obésité est une maladie chronique. Elle peut, en particulier lorsqu’elle est sévère ou massive, entraîner des difficultés dans la vie de tous les jours. Elle peut également menacer la santé et provoquer des maladies comme le diabète, l’hypertension artérielle, l’hypercholestérolémie, le syndrome d’apnées du sommeil… La chirurgie de l’obésité aide à perdre du poids durablement et à contrôler ces maladies. Néanmoins, se faire opérer est une décision importante et nécessite une bonne préparation. Vous trouverez dans cet espace, les recommandations destinées aux professionnels, une fiche d’information destinée aux médecins traitants ; une brochure d’information destinée aux personnes obèses qui envisagent la chirurgie de l’obésité, des interviews vidéos, ...</t>
+  </si>
+  <si>
+    <t>21/10/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865974/fr/prise-en-charge-chirurgicale-de-l-obesite-chez-l-adulte-dossier-de-presse</t>
+  </si>
+  <si>
+    <t>c_865974</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>610</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>612</v>
+      </c>
+      <c r="B2" t="s">
+        <v>613</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>614</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>615</v>
+      </c>
+      <c r="H2" t="s">
+        <v>616</v>
+      </c>
+      <c r="I2" t="s">
+        <v>617</v>
+      </c>
+      <c r="J2" t="s">
+        <v>618</v>
+      </c>
+      <c r="K2" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>612</v>
+      </c>
+      <c r="B3" t="s">
+        <v>620</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>621</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>622</v>
+      </c>
+      <c r="H3" t="s">
+        <v>623</v>
+      </c>
+      <c r="I3" t="s">
+        <v>624</v>
+      </c>
+      <c r="J3" t="s">
+        <v>625</v>
+      </c>
+      <c r="K3" t="s">
+        <v>626</v>
+      </c>
+      <c r="L3" t="s">
+        <v>627</v>
+      </c>
+      <c r="M3" t="s">
+        <v>628</v>
+      </c>
+      <c r="N3" t="s">
+        <v>629</v>
+      </c>
+      <c r="O3" t="s">
+        <v>630</v>
+      </c>
+      <c r="P3" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>632</v>
+      </c>
+      <c r="R3" t="s">
+        <v>633</v>
+      </c>
+      <c r="S3" t="s">
+        <v>634</v>
+      </c>
+      <c r="T3" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>612</v>
+      </c>
+      <c r="B4" t="s">
+        <v>636</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>637</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>638</v>
+      </c>
+      <c r="H4" t="s">
+        <v>639</v>
+      </c>
+      <c r="I4" t="s">
+        <v>640</v>
+      </c>
+      <c r="J4" t="s">
+        <v>641</v>
+      </c>
+      <c r="K4" t="s">
+        <v>642</v>
+      </c>
+      <c r="L4" t="s">
+        <v>643</v>
+      </c>
+      <c r="M4" t="s">
+        <v>644</v>
+      </c>
+      <c r="N4" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>612</v>
+      </c>
+      <c r="B5" t="s">
+        <v>646</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>647</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>648</v>
+      </c>
+      <c r="H5" t="s">
+        <v>649</v>
+      </c>
+      <c r="I5" t="s">
+        <v>650</v>
+      </c>
+      <c r="J5" t="s">
+        <v>651</v>
+      </c>
+      <c r="K5" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>612</v>
+      </c>
+      <c r="B6" t="s">
+        <v>653</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>654</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>655</v>
+      </c>
+      <c r="H6" t="s">
+        <v>656</v>
+      </c>
+      <c r="I6" t="s">
+        <v>657</v>
+      </c>
+      <c r="J6" t="s">
+        <v>658</v>
+      </c>
+      <c r="K6" t="s">
+        <v>659</v>
+      </c>
+      <c r="L6" t="s">
+        <v>660</v>
+      </c>
+      <c r="M6" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>612</v>
+      </c>
+      <c r="B7" t="s">
+        <v>662</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>663</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>664</v>
+      </c>
+      <c r="H7" t="s">
+        <v>665</v>
+      </c>
+      <c r="I7" t="s">
+        <v>650</v>
+      </c>
+      <c r="J7" t="s">
+        <v>666</v>
+      </c>
+      <c r="K7" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>612</v>
+      </c>
+      <c r="B8" t="s">
+        <v>668</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>669</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>670</v>
+      </c>
+      <c r="H8" t="s">
+        <v>671</v>
+      </c>
+      <c r="I8" t="s">
+        <v>650</v>
+      </c>
+      <c r="J8" t="s">
+        <v>672</v>
+      </c>
+      <c r="K8" t="s">
+        <v>673</v>
+      </c>
+      <c r="L8" t="s">
+        <v>674</v>
+      </c>
+      <c r="M8" t="s">
+        <v>675</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>676</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>677</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>679</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>680</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>681</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>676</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>682</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>683</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>684</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>685</v>
       </c>
       <c r="H3" t="s">
-        <v>33</v>
+        <v>686</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H5" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
         <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H4" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E5" t="s">
+        <v>69</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>72</v>
       </c>
       <c r="C6" t="s">
         <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>60</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="H6" t="s">
-        <v>62</v>
+        <v>74</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>82</v>
+      </c>
+      <c r="H8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>86</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>87</v>
+      </c>
+      <c r="H9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>92</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>98</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>111</v>
+      </c>
+      <c r="H13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>121</v>
+      </c>
+      <c r="E15" t="s">
+        <v>122</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>123</v>
+      </c>
+      <c r="H15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>128</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>129</v>
+      </c>
+      <c r="H16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>133</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>134</v>
+      </c>
+      <c r="H17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>139</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>140</v>
+      </c>
+      <c r="H18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>144</v>
+      </c>
+      <c r="E19" t="s">
+        <v>145</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>146</v>
+      </c>
+      <c r="H19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" t="s">
+        <v>151</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>152</v>
+      </c>
+      <c r="H20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>156</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>157</v>
+      </c>
+      <c r="H21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>162</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>163</v>
+      </c>
+      <c r="H22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>167</v>
+      </c>
+      <c r="E23" t="s">
+        <v>168</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>169</v>
+      </c>
+      <c r="H23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>172</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>173</v>
+      </c>
+      <c r="H24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>176</v>
+      </c>
+      <c r="D25" t="s">
+        <v>177</v>
+      </c>
+      <c r="E25" t="s">
+        <v>178</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>179</v>
+      </c>
+      <c r="H25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>182</v>
+      </c>
+      <c r="D26" t="s">
+        <v>183</v>
+      </c>
+      <c r="E26" t="s">
+        <v>184</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>185</v>
+      </c>
+      <c r="H26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" t="s">
+        <v>189</v>
+      </c>
+      <c r="E27" t="s">
+        <v>190</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>191</v>
+      </c>
+      <c r="H27" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>193</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>194</v>
       </c>
       <c r="C2" t="s">
-        <v>65</v>
+        <v>195</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>196</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>197</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>198</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>63</v>
+        <v>193</v>
       </c>
       <c r="B3" t="s">
-        <v>70</v>
+        <v>199</v>
       </c>
       <c r="C3" t="s">
-        <v>71</v>
+        <v>200</v>
       </c>
       <c r="D3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>73</v>
+        <v>201</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>74</v>
+        <v>202</v>
       </c>
       <c r="H3" t="s">
-        <v>75</v>
+        <v>203</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C4" t="s">
+        <v>205</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>206</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>207</v>
+      </c>
+      <c r="H4" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>193</v>
+      </c>
+      <c r="B5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E5" t="s">
+        <v>212</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>213</v>
+      </c>
+      <c r="H5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B6" t="s">
+        <v>215</v>
+      </c>
+      <c r="C6" t="s">
+        <v>216</v>
+      </c>
+      <c r="D6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E6" t="s">
+        <v>217</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>218</v>
+      </c>
+      <c r="H6" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>193</v>
+      </c>
+      <c r="B7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C7" t="s">
+        <v>221</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>222</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>223</v>
+      </c>
+      <c r="H7" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>193</v>
+      </c>
+      <c r="B8" t="s">
+        <v>225</v>
+      </c>
+      <c r="C8" t="s">
+        <v>226</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>227</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>228</v>
+      </c>
+      <c r="H8" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>193</v>
+      </c>
+      <c r="B9" t="s">
+        <v>230</v>
+      </c>
+      <c r="C9" t="s">
+        <v>231</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>232</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>233</v>
+      </c>
+      <c r="H9" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>193</v>
+      </c>
+      <c r="B10" t="s">
+        <v>235</v>
+      </c>
+      <c r="C10" t="s">
+        <v>236</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>237</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>238</v>
+      </c>
+      <c r="H10" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>193</v>
+      </c>
+      <c r="B11" t="s">
+        <v>240</v>
+      </c>
+      <c r="C11" t="s">
+        <v>241</v>
+      </c>
+      <c r="D11" t="s">
+        <v>242</v>
+      </c>
+      <c r="E11" t="s">
+        <v>243</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>244</v>
+      </c>
+      <c r="H11" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>193</v>
+      </c>
+      <c r="B12" t="s">
+        <v>246</v>
+      </c>
+      <c r="C12" t="s">
+        <v>247</v>
+      </c>
+      <c r="D12" t="s">
+        <v>248</v>
+      </c>
+      <c r="E12" t="s">
+        <v>249</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>250</v>
+      </c>
+      <c r="H12" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>193</v>
+      </c>
+      <c r="B13" t="s">
+        <v>252</v>
+      </c>
+      <c r="C13" t="s">
+        <v>253</v>
+      </c>
+      <c r="D13" t="s">
+        <v>254</v>
+      </c>
+      <c r="E13" t="s">
+        <v>255</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>256</v>
+      </c>
+      <c r="H13" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>193</v>
+      </c>
+      <c r="B14" t="s">
+        <v>258</v>
+      </c>
+      <c r="C14" t="s">
+        <v>259</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>260</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>261</v>
+      </c>
+      <c r="H14" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>193</v>
+      </c>
+      <c r="B15" t="s">
+        <v>263</v>
+      </c>
+      <c r="C15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>260</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>265</v>
+      </c>
+      <c r="H15" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>193</v>
+      </c>
+      <c r="B16" t="s">
+        <v>267</v>
+      </c>
+      <c r="C16" t="s">
+        <v>268</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>269</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>270</v>
+      </c>
+      <c r="H16" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>193</v>
+      </c>
+      <c r="B17" t="s">
+        <v>272</v>
+      </c>
+      <c r="C17" t="s">
+        <v>273</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>274</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>275</v>
+      </c>
+      <c r="H17" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>193</v>
+      </c>
+      <c r="B18" t="s">
+        <v>277</v>
+      </c>
+      <c r="C18" t="s">
+        <v>278</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>279</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>280</v>
+      </c>
+      <c r="H18" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>193</v>
+      </c>
+      <c r="B19" t="s">
+        <v>282</v>
+      </c>
+      <c r="C19" t="s">
+        <v>283</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>284</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>285</v>
+      </c>
+      <c r="H19" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>193</v>
+      </c>
+      <c r="B20" t="s">
+        <v>287</v>
+      </c>
+      <c r="C20" t="s">
+        <v>288</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>289</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>290</v>
+      </c>
+      <c r="H20" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>193</v>
+      </c>
+      <c r="B21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C21" t="s">
+        <v>293</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>294</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>295</v>
+      </c>
+      <c r="H21" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>193</v>
+      </c>
+      <c r="B22" t="s">
+        <v>297</v>
+      </c>
+      <c r="C22" t="s">
+        <v>298</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>299</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>300</v>
+      </c>
+      <c r="H22" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>193</v>
+      </c>
+      <c r="B23" t="s">
+        <v>302</v>
+      </c>
+      <c r="C23" t="s">
+        <v>303</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>304</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>305</v>
+      </c>
+      <c r="H23" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>193</v>
+      </c>
+      <c r="B24" t="s">
+        <v>307</v>
+      </c>
+      <c r="C24" t="s">
+        <v>308</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>309</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>310</v>
+      </c>
+      <c r="H24" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>193</v>
+      </c>
+      <c r="B25" t="s">
+        <v>312</v>
+      </c>
+      <c r="C25" t="s">
+        <v>313</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>314</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>315</v>
+      </c>
+      <c r="H25" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>317</v>
+      </c>
+      <c r="C26" t="s">
+        <v>318</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>319</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>320</v>
+      </c>
+      <c r="H26" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>193</v>
+      </c>
+      <c r="B27" t="s">
+        <v>322</v>
+      </c>
+      <c r="C27" t="s">
+        <v>323</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>319</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>324</v>
+      </c>
+      <c r="H27" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>326</v>
+      </c>
+      <c r="C28" t="s">
+        <v>327</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>328</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>329</v>
+      </c>
+      <c r="H28" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B29" t="s">
+        <v>331</v>
+      </c>
+      <c r="C29" t="s">
+        <v>332</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>333</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>334</v>
+      </c>
+      <c r="H29" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>336</v>
+      </c>
+      <c r="C30" t="s">
+        <v>337</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>333</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>338</v>
+      </c>
+      <c r="H30" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>340</v>
+      </c>
+      <c r="C31" t="s">
+        <v>341</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" t="s">
+        <v>342</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>343</v>
+      </c>
+      <c r="H31" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>193</v>
+      </c>
+      <c r="B32" t="s">
+        <v>345</v>
+      </c>
+      <c r="C32" t="s">
+        <v>346</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>342</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>347</v>
+      </c>
+      <c r="H32" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>193</v>
+      </c>
+      <c r="B33" t="s">
+        <v>349</v>
+      </c>
+      <c r="C33" t="s">
+        <v>350</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>351</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>352</v>
+      </c>
+      <c r="H33" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>354</v>
+      </c>
+      <c r="C34" t="s">
+        <v>355</v>
+      </c>
+      <c r="D34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" t="s">
+        <v>356</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>357</v>
+      </c>
+      <c r="H34" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>193</v>
+      </c>
+      <c r="B35" t="s">
+        <v>359</v>
+      </c>
+      <c r="C35" t="s">
+        <v>360</v>
+      </c>
+      <c r="D35" t="s">
+        <v>356</v>
+      </c>
+      <c r="E35" t="s">
+        <v>361</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>362</v>
+      </c>
+      <c r="H35" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>193</v>
+      </c>
+      <c r="B36" t="s">
+        <v>364</v>
+      </c>
+      <c r="C36" t="s">
+        <v>365</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>366</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>367</v>
+      </c>
+      <c r="H36" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>193</v>
+      </c>
+      <c r="B37" t="s">
+        <v>369</v>
+      </c>
+      <c r="C37" t="s">
+        <v>370</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>371</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>372</v>
+      </c>
+      <c r="H37" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>374</v>
+      </c>
+      <c r="C38" t="s">
+        <v>375</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>376</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>377</v>
+      </c>
+      <c r="H38" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>193</v>
+      </c>
+      <c r="B39" t="s">
+        <v>379</v>
+      </c>
+      <c r="C39" t="s">
+        <v>380</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>381</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>382</v>
+      </c>
+      <c r="H39" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>193</v>
+      </c>
+      <c r="B40" t="s">
+        <v>384</v>
+      </c>
+      <c r="C40" t="s">
+        <v>385</v>
+      </c>
+      <c r="D40" t="s">
+        <v>386</v>
+      </c>
+      <c r="E40" t="s">
+        <v>387</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>388</v>
+      </c>
+      <c r="H40" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>193</v>
+      </c>
+      <c r="B41" t="s">
+        <v>390</v>
+      </c>
+      <c r="C41" t="s">
+        <v>391</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>392</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>393</v>
+      </c>
+      <c r="H41" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>193</v>
+      </c>
+      <c r="B42" t="s">
+        <v>395</v>
+      </c>
+      <c r="C42" t="s">
+        <v>396</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>397</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>398</v>
+      </c>
+      <c r="H42" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>193</v>
+      </c>
+      <c r="B43" t="s">
+        <v>400</v>
+      </c>
+      <c r="C43" t="s">
+        <v>401</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>402</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>403</v>
+      </c>
+      <c r="H43" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>193</v>
+      </c>
+      <c r="B44" t="s">
+        <v>405</v>
+      </c>
+      <c r="C44" t="s">
+        <v>406</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>407</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>408</v>
+      </c>
+      <c r="H44" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" t="s">
+        <v>410</v>
+      </c>
+      <c r="C45" t="s">
+        <v>411</v>
+      </c>
+      <c r="D45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" t="s">
+        <v>412</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>413</v>
+      </c>
+      <c r="H45" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" t="s">
+        <v>415</v>
+      </c>
+      <c r="C46" t="s">
+        <v>416</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
+        <v>417</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>418</v>
+      </c>
+      <c r="H46" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>193</v>
+      </c>
+      <c r="B47" t="s">
+        <v>420</v>
+      </c>
+      <c r="C47" t="s">
+        <v>421</v>
+      </c>
+      <c r="D47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" t="s">
+        <v>422</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>423</v>
+      </c>
+      <c r="H47" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>193</v>
+      </c>
+      <c r="B48" t="s">
+        <v>425</v>
+      </c>
+      <c r="C48" t="s">
+        <v>426</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" t="s">
+        <v>427</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>428</v>
+      </c>
+      <c r="H48" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" t="s">
+        <v>430</v>
+      </c>
+      <c r="C49" t="s">
+        <v>431</v>
+      </c>
+      <c r="D49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" t="s">
+        <v>432</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>433</v>
+      </c>
+      <c r="H49" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>193</v>
+      </c>
+      <c r="B50" t="s">
+        <v>435</v>
+      </c>
+      <c r="C50" t="s">
+        <v>436</v>
+      </c>
+      <c r="D50" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" t="s">
+        <v>437</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>438</v>
+      </c>
+      <c r="H50" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>193</v>
+      </c>
+      <c r="B51" t="s">
+        <v>440</v>
+      </c>
+      <c r="C51" t="s">
+        <v>441</v>
+      </c>
+      <c r="D51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" t="s">
+        <v>442</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>443</v>
+      </c>
+      <c r="H51" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>193</v>
+      </c>
+      <c r="B52" t="s">
+        <v>445</v>
+      </c>
+      <c r="C52" t="s">
+        <v>446</v>
+      </c>
+      <c r="D52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" t="s">
+        <v>447</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>448</v>
+      </c>
+      <c r="H52" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>193</v>
+      </c>
+      <c r="B53" t="s">
+        <v>450</v>
+      </c>
+      <c r="C53" t="s">
+        <v>451</v>
+      </c>
+      <c r="D53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" t="s">
+        <v>452</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>453</v>
+      </c>
+      <c r="H53" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>193</v>
+      </c>
+      <c r="B54" t="s">
+        <v>455</v>
+      </c>
+      <c r="C54" t="s">
+        <v>456</v>
+      </c>
+      <c r="D54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" t="s">
+        <v>457</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>458</v>
+      </c>
+      <c r="H54" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>193</v>
+      </c>
+      <c r="B55" t="s">
+        <v>460</v>
+      </c>
+      <c r="C55" t="s">
+        <v>461</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>462</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>463</v>
+      </c>
+      <c r="H55" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>193</v>
+      </c>
+      <c r="B56" t="s">
+        <v>465</v>
+      </c>
+      <c r="C56" t="s">
+        <v>466</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
+        <v>467</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>468</v>
+      </c>
+      <c r="H56" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>193</v>
+      </c>
+      <c r="B57" t="s">
+        <v>470</v>
+      </c>
+      <c r="C57" t="s">
+        <v>471</v>
+      </c>
+      <c r="D57" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" t="s">
+        <v>472</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>473</v>
+      </c>
+      <c r="H57" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>193</v>
+      </c>
+      <c r="B58" t="s">
+        <v>475</v>
+      </c>
+      <c r="C58" t="s">
+        <v>476</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>472</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>477</v>
+      </c>
+      <c r="H58" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>193</v>
+      </c>
+      <c r="B59" t="s">
+        <v>479</v>
+      </c>
+      <c r="C59" t="s">
+        <v>480</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>481</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>482</v>
+      </c>
+      <c r="H59" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>193</v>
+      </c>
+      <c r="B60" t="s">
+        <v>484</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>485</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>486</v>
+      </c>
+      <c r="H60" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>193</v>
+      </c>
+      <c r="B61" t="s">
+        <v>488</v>
+      </c>
+      <c r="C61" t="s">
+        <v>489</v>
+      </c>
+      <c r="D61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" t="s">
+        <v>490</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>491</v>
+      </c>
+      <c r="H61" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>193</v>
+      </c>
+      <c r="B62" t="s">
+        <v>493</v>
+      </c>
+      <c r="C62" t="s">
+        <v>494</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>495</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>496</v>
+      </c>
+      <c r="H62" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>193</v>
+      </c>
+      <c r="B63" t="s">
+        <v>498</v>
+      </c>
+      <c r="C63" t="s">
+        <v>499</v>
+      </c>
+      <c r="D63" t="s">
+        <v>500</v>
+      </c>
+      <c r="E63" t="s">
+        <v>501</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>502</v>
+      </c>
+      <c r="H63" t="s">
+        <v>503</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>504</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>505</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>506</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>507</v>
       </c>
       <c r="E2" t="s">
-        <v>81</v>
+        <v>508</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>82</v>
+        <v>509</v>
       </c>
       <c r="H2" t="s">
-        <v>83</v>
+        <v>510</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>511</v>
+      </c>
+      <c r="B2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C2" t="s">
+        <v>513</v>
+      </c>
+      <c r="D2" t="s">
+        <v>514</v>
+      </c>
+      <c r="E2" t="s">
+        <v>515</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>516</v>
+      </c>
+      <c r="H2" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>511</v>
+      </c>
+      <c r="B3" t="s">
+        <v>518</v>
+      </c>
+      <c r="C3" t="s">
+        <v>519</v>
+      </c>
+      <c r="D3" t="s">
+        <v>520</v>
+      </c>
+      <c r="E3" t="s">
+        <v>521</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>522</v>
+      </c>
+      <c r="H3" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>511</v>
+      </c>
+      <c r="B4" t="s">
+        <v>524</v>
+      </c>
+      <c r="C4" t="s">
+        <v>525</v>
+      </c>
+      <c r="D4" t="s">
+        <v>526</v>
+      </c>
+      <c r="E4" t="s">
+        <v>527</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>528</v>
+      </c>
+      <c r="H4" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B5" t="s">
+        <v>530</v>
+      </c>
+      <c r="C5" t="s">
+        <v>531</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>532</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>533</v>
+      </c>
+      <c r="H5" t="s">
+        <v>534</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>536</v>
+      </c>
+      <c r="B2" t="s">
+        <v>537</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>538</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>539</v>
+      </c>
+      <c r="H2" t="s">
+        <v>540</v>
       </c>
       <c r="I2" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>541</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>536</v>
+      </c>
+      <c r="B3" t="s">
+        <v>542</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>544</v>
+      </c>
+      <c r="H3" t="s">
+        <v>545</v>
+      </c>
+      <c r="I3" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>536</v>
+      </c>
+      <c r="B4" t="s">
+        <v>546</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>547</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>548</v>
+      </c>
+      <c r="H4" t="s">
+        <v>549</v>
+      </c>
+      <c r="I4" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>536</v>
+      </c>
+      <c r="B5" t="s">
+        <v>550</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>551</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>552</v>
+      </c>
+      <c r="H5" t="s">
+        <v>553</v>
+      </c>
+      <c r="I5" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>536</v>
+      </c>
+      <c r="B6" t="s">
+        <v>554</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>555</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>556</v>
+      </c>
+      <c r="H6" t="s">
+        <v>557</v>
+      </c>
+      <c r="I6" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>536</v>
+      </c>
+      <c r="B7" t="s">
+        <v>558</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>559</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>560</v>
+      </c>
+      <c r="H7" t="s">
+        <v>561</v>
+      </c>
+      <c r="I7" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>536</v>
+      </c>
+      <c r="B8" t="s">
+        <v>562</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>563</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>564</v>
+      </c>
+      <c r="H8" t="s">
+        <v>565</v>
+      </c>
+      <c r="I8" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>536</v>
+      </c>
+      <c r="B9" t="s">
+        <v>566</v>
+      </c>
+      <c r="C9" t="s">
+        <v>567</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>568</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>569</v>
+      </c>
+      <c r="H9" t="s">
+        <v>570</v>
+      </c>
+      <c r="I9" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>536</v>
+      </c>
+      <c r="B10" t="s">
+        <v>571</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>572</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>573</v>
+      </c>
+      <c r="H10" t="s">
+        <v>574</v>
+      </c>
+      <c r="I10" t="s">
+        <v>541</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>575</v>
+      </c>
+      <c r="B2" t="s">
+        <v>576</v>
+      </c>
+      <c r="C2" t="s">
+        <v>577</v>
+      </c>
+      <c r="D2" t="s">
+        <v>578</v>
+      </c>
+      <c r="E2" t="s">
+        <v>579</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>580</v>
+      </c>
+      <c r="H2" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>575</v>
+      </c>
+      <c r="B3" t="s">
+        <v>582</v>
+      </c>
+      <c r="C3" t="s">
+        <v>583</v>
+      </c>
+      <c r="D3" t="s">
+        <v>584</v>
+      </c>
+      <c r="E3" t="s">
+        <v>585</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>586</v>
+      </c>
+      <c r="H3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>575</v>
+      </c>
+      <c r="B4" t="s">
+        <v>588</v>
+      </c>
+      <c r="C4" t="s">
+        <v>589</v>
+      </c>
+      <c r="D4" t="s">
+        <v>590</v>
+      </c>
+      <c r="E4" t="s">
+        <v>591</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>592</v>
+      </c>
+      <c r="H4" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>575</v>
+      </c>
+      <c r="B5" t="s">
+        <v>594</v>
+      </c>
+      <c r="C5" t="s">
+        <v>595</v>
+      </c>
+      <c r="D5" t="s">
+        <v>590</v>
+      </c>
+      <c r="E5" t="s">
+        <v>591</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>596</v>
+      </c>
+      <c r="H5" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>575</v>
+      </c>
+      <c r="B6" t="s">
+        <v>598</v>
+      </c>
+      <c r="C6" t="s">
+        <v>599</v>
+      </c>
+      <c r="D6" t="s">
+        <v>600</v>
+      </c>
+      <c r="E6" t="s">
+        <v>601</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>602</v>
+      </c>
+      <c r="H6" t="s">
+        <v>603</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>604</v>
+      </c>
+      <c r="B2" t="s">
+        <v>605</v>
+      </c>
+      <c r="C2" t="s">
+        <v>606</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>607</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>608</v>
+      </c>
+      <c r="H2" t="s">
+        <v>609</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>