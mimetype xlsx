--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,5899 +1,896 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1110" uniqueCount="676">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>04/01/2010 17:15:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_896360/fr/modulen-ibd-cnedimts-du-08-decembre-2009-2236</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Détection précoce du cancer de la prostate</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Acidémie Isovalérique</t>
-[...224 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Maladie (ou syndrome) de Sjögren</t>
-[...956 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Comment mieux informer les femmes enceintes ?</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Guide usagers</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
-[...245 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>VIANT</t>
   </si>
   <si>
-    <t>06/01/2022 18:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3307893/fr/viant</t>
+    <t>01/06/2022 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307893/en/viant</t>
   </si>
   <si>
     <t>p_3307893</t>
   </si>
   <si>
     <t>acide ascorbique,acide folique,biotine,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,phytoménadione,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de),thiamine (chlorhydrate de),tout-rac-alpha-tocophérol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305312/fr/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
-[...200 lines deleted...]
-    <t>c_865974</t>
+    <t>https://www.has-sante.fr/jcms/p_3305312/en/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="H2" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...341 lines deleted...]
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>665</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>666</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>667</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>668</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>669</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>670</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>665</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>671</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>672</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>673</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>674</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>675</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="H5" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H62"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
-[...67 lines deleted...]
-      <c r="E6" t="s">
         <v>75</v>
-      </c>
-[...1463 lines deleted...]
-        <v>356</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>76</v>
+      </c>
+      <c r="J1" t="s">
+        <v>77</v>
+      </c>
+      <c r="K1" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>357</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>358</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>359</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>360</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>361</v>
+        <v>81</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>362</v>
+        <v>82</v>
       </c>
       <c r="H2" t="s">
-        <v>363</v>
-[...623 lines deleted...]
-        <v>492</v>
+        <v>83</v>
+      </c>
+      <c r="I2" t="s">
+        <v>84</v>
+      </c>
+      <c r="J2" t="s">
+        <v>85</v>
+      </c>
+      <c r="K2" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...749 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>