--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -12,78 +12,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1102" uniqueCount="671">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1110" uniqueCount="676">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -191,50 +191,971 @@
   <si>
     <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
     <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
   </si>
   <si>
     <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
   </si>
   <si>
     <t>c_893585</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysraphismes en période périnatale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un couple pour lequel le foetus est atteint d’un dysraphisme (période prénatale) mais aussi dans la période post-natale (jusqu’à 6 mois de vie). Il a été élaboré par le Centre de Référence des malformations vertébrales et médullaires (CRMR C-MAVEM Trousseau) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293075/fr/prise-en-charge-des-dysraphismes-en-periode-perinatale</t>
+  </si>
+  <si>
+    <t>p_3293075</t>
+  </si>
+  <si>
+    <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Aplasie majeure d’oreille</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie majeure d’oreille.. Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284464/fr/aplasie-majeure-d-oreille</t>
+  </si>
+  <si>
+    <t>p_3284464</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Atrophie Optique Dominante OPA1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Atrophie Optique Dominante OPA1. Il a été élaboré par le Centre de Référence de Neurogénétique et le Centre de Référence pour les maladies mitochondriales de l’enfant et de l’adulte (CARAMMEL) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
+  </si>
+  <si>
+    <t>p_3280027</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Prise en charge en médecine physique et de réadaptation du patient atteint de Spina Bifida</t>
+  </si>
+  <si>
+    <t>Le spina bifida ou dysraphisme spinal, anomalie congénitale de développement du système nerveux et du rachis, a des conséquences sur différents organes. Il génère des handicaps complexes et variables d’un individu à l’autre. Sa prise en charge relève de multiples spécialités médicales et chirurgicales : neurochirurgie, médecine physique et de réadaptation, gastroentérologie, urologie, gynécologie.# Ce PNDS de médecine Physique et de Réadaptation (MPR) ne peut aborder de façon exhaustive la prise en charge MPR, du fait de la diversité des situations rencontrées. Il détaille néanmoins des thèmes phares sélectionnés par les coordinateurs.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032137/fr/prise-en-charge-en-medecine-physique-et-de-readaptation-du-patient-atteint-de-spina-bifida</t>
+  </si>
+  <si>
+    <t>c_2032137</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
@@ -314,53 +1235,50 @@
   <si>
     <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
   </si>
   <si>
     <t>30/05/2024 00:00:00</t>
   </si>
   <si>
     <t>06/06/2024 10:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3191108</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
-    <t>08/02/2024 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>23/06/2022 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
   </si>
   <si>
     <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
   </si>
   <si>
     <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
   </si>
   <si>
     <t>21/07/2022 00:00:00</t>
   </si>
   <si>
     <t>12/09/2022 09:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
   </si>
   <si>
     <t>p_3193968</t>
@@ -600,953 +1518,50 @@
     <t>01/09/2003 09:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
     <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
   </si>
   <si>
     <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
   </si>
   <si>
     <t>01/05/2002 00:00:00</t>
   </si>
   <si>
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
-  </si>
-[...901 lines deleted...]
-    <t>c_938884</t>
   </si>
   <si>
     <t>Guide usagers</t>
   </si>
   <si>
     <t>Chirurgie de l’obésité : ce qu’il faut savoir avant de vous décider</t>
   </si>
   <si>
     <t>Vous êtes en situation de surpoids ou d’obésité et vous vous demandez si une chirurgie serait une option envisageable pour vous. La chirurgie améliore la santé et la qualité de vie, réduit le poids et les complications de l’obésité, mais ne guérit pas de la maladie obésité. La chirurgie est un traitement de deuxième intention après un parcours médical global et seulement dans certaines conditions.</t>
   </si>
   <si>
     <t>17/07/2024 00:00:00</t>
   </si>
   <si>
     <t>25/09/2024 12:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_849636/fr/chirurgie-de-l-obesite-ce-qu-il-faut-savoir-avant-de-vous-decider</t>
   </si>
   <si>
     <t>c_849636</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
@@ -2212,442 +2227,442 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B2" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="H2" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="I2" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="J2" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="K2" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B3" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="H3" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="I3" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="J3" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="K3" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="L3" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="M3" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="N3" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="O3" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="P3" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="Q3" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="R3" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="S3" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="T3" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B4" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H4" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="I4" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="J4" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="K4" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="L4" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="M4" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="N4" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B5" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="H5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="I5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="J5" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="K5" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B6" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="H6" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="I6" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="J6" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="K6" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="L6" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="M6" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B7" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="H7" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="I7" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="J7" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="K7" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B8" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="H8" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="I8" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="J8" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="K8" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="L8" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="M8" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="B2" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="C2" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="H2" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="B3" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="C3" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H3" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2784,3075 +2799,3101 @@
       </c>
       <c r="D6" t="s">
         <v>46</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H62"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>65</v>
+      </c>
+      <c r="H4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>71</v>
+      </c>
+      <c r="H5" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>73</v>
+      </c>
+      <c r="C6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>75</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>76</v>
+      </c>
+      <c r="H6" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>78</v>
+      </c>
+      <c r="C7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>80</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>81</v>
+      </c>
+      <c r="H7" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>83</v>
+      </c>
+      <c r="C8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>85</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>86</v>
+      </c>
+      <c r="H8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>90</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>91</v>
+      </c>
+      <c r="H9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>96</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>97</v>
+      </c>
+      <c r="H10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>102</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>103</v>
+      </c>
+      <c r="H11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>108</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>109</v>
+      </c>
+      <c r="H12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>113</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>113</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>122</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>123</v>
+      </c>
+      <c r="H15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>128</v>
+      </c>
+      <c r="H16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>132</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>133</v>
+      </c>
+      <c r="H17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>137</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>138</v>
+      </c>
+      <c r="H18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>142</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>143</v>
+      </c>
+      <c r="H19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>147</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>148</v>
+      </c>
+      <c r="H20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>152</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>157</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>158</v>
+      </c>
+      <c r="H22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>162</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>163</v>
+      </c>
+      <c r="H23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>168</v>
+      </c>
+      <c r="H24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" t="s">
+        <v>171</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>172</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>176</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>172</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>177</v>
+      </c>
+      <c r="H26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>181</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>182</v>
+      </c>
+      <c r="H27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>185</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>186</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>187</v>
+      </c>
+      <c r="H28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>190</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>186</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>191</v>
+      </c>
+      <c r="H29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>50</v>
+      </c>
+      <c r="B30" t="s">
+        <v>193</v>
+      </c>
+      <c r="C30" t="s">
+        <v>194</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>195</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>196</v>
+      </c>
+      <c r="H30" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>199</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" t="s">
+        <v>195</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>200</v>
+      </c>
+      <c r="H31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>50</v>
+      </c>
+      <c r="B32" t="s">
+        <v>202</v>
+      </c>
+      <c r="C32" t="s">
+        <v>203</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>204</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>205</v>
+      </c>
+      <c r="H32" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>50</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
+        <v>208</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>209</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>210</v>
+      </c>
+      <c r="H33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>50</v>
+      </c>
+      <c r="B34" t="s">
+        <v>212</v>
+      </c>
+      <c r="C34" t="s">
+        <v>213</v>
+      </c>
+      <c r="D34" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" t="s">
+        <v>214</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>215</v>
+      </c>
+      <c r="H34" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>50</v>
+      </c>
+      <c r="B35" t="s">
+        <v>217</v>
+      </c>
+      <c r="C35" t="s">
+        <v>218</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>219</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>220</v>
+      </c>
+      <c r="H35" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>50</v>
+      </c>
+      <c r="B36" t="s">
+        <v>222</v>
+      </c>
+      <c r="C36" t="s">
+        <v>223</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>224</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>225</v>
+      </c>
+      <c r="H36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>50</v>
+      </c>
+      <c r="B37" t="s">
+        <v>227</v>
+      </c>
+      <c r="C37" t="s">
+        <v>228</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>229</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>230</v>
+      </c>
+      <c r="H37" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>50</v>
+      </c>
+      <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>233</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>234</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>235</v>
+      </c>
+      <c r="H38" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>50</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>238</v>
+      </c>
+      <c r="D39" t="s">
+        <v>239</v>
+      </c>
+      <c r="E39" t="s">
+        <v>240</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>241</v>
+      </c>
+      <c r="H39" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>50</v>
+      </c>
+      <c r="B40" t="s">
+        <v>243</v>
+      </c>
+      <c r="C40" t="s">
+        <v>244</v>
+      </c>
+      <c r="D40" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>245</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>246</v>
+      </c>
+      <c r="H40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>50</v>
+      </c>
+      <c r="B41" t="s">
+        <v>248</v>
+      </c>
+      <c r="C41" t="s">
+        <v>249</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>250</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>251</v>
+      </c>
+      <c r="H41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>50</v>
+      </c>
+      <c r="B42" t="s">
+        <v>253</v>
+      </c>
+      <c r="C42" t="s">
+        <v>254</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>255</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>256</v>
+      </c>
+      <c r="H42" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>50</v>
+      </c>
+      <c r="B43" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" t="s">
+        <v>259</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>260</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>261</v>
+      </c>
+      <c r="H43" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>50</v>
+      </c>
+      <c r="B44" t="s">
+        <v>263</v>
+      </c>
+      <c r="C44" t="s">
+        <v>264</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>265</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>266</v>
+      </c>
+      <c r="H44" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>50</v>
+      </c>
+      <c r="B45" t="s">
+        <v>268</v>
+      </c>
+      <c r="C45" t="s">
+        <v>269</v>
+      </c>
+      <c r="D45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" t="s">
+        <v>270</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>271</v>
+      </c>
+      <c r="H45" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B46" t="s">
+        <v>273</v>
+      </c>
+      <c r="C46" t="s">
+        <v>274</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
+        <v>275</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>276</v>
+      </c>
+      <c r="H46" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>50</v>
+      </c>
+      <c r="B47" t="s">
+        <v>278</v>
+      </c>
+      <c r="C47" t="s">
+        <v>279</v>
+      </c>
+      <c r="D47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" t="s">
+        <v>280</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H47" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>50</v>
+      </c>
+      <c r="B48" t="s">
+        <v>283</v>
+      </c>
+      <c r="C48" t="s">
+        <v>284</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" t="s">
+        <v>285</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>286</v>
+      </c>
+      <c r="H48" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" t="s">
+        <v>288</v>
+      </c>
+      <c r="C49" t="s">
+        <v>289</v>
+      </c>
+      <c r="D49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" t="s">
+        <v>290</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>291</v>
+      </c>
+      <c r="H49" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>50</v>
+      </c>
+      <c r="B50" t="s">
+        <v>293</v>
+      </c>
+      <c r="C50" t="s">
+        <v>294</v>
+      </c>
+      <c r="D50" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" t="s">
+        <v>295</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>296</v>
+      </c>
+      <c r="H50" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>50</v>
+      </c>
+      <c r="B51" t="s">
+        <v>298</v>
+      </c>
+      <c r="C51" t="s">
+        <v>299</v>
+      </c>
+      <c r="D51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" t="s">
+        <v>300</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>301</v>
+      </c>
+      <c r="H51" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" t="s">
+        <v>303</v>
+      </c>
+      <c r="C52" t="s">
+        <v>304</v>
+      </c>
+      <c r="D52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" t="s">
+        <v>305</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>306</v>
+      </c>
+      <c r="H52" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>50</v>
+      </c>
+      <c r="B53" t="s">
+        <v>308</v>
+      </c>
+      <c r="C53" t="s">
+        <v>309</v>
+      </c>
+      <c r="D53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" t="s">
+        <v>310</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>311</v>
+      </c>
+      <c r="H53" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>50</v>
+      </c>
+      <c r="B54" t="s">
+        <v>313</v>
+      </c>
+      <c r="C54" t="s">
+        <v>314</v>
+      </c>
+      <c r="D54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" t="s">
+        <v>315</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>316</v>
+      </c>
+      <c r="H54" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>50</v>
+      </c>
+      <c r="B55" t="s">
+        <v>318</v>
+      </c>
+      <c r="C55" t="s">
+        <v>319</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>320</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>321</v>
+      </c>
+      <c r="H55" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>50</v>
+      </c>
+      <c r="B56" t="s">
+        <v>323</v>
+      </c>
+      <c r="C56" t="s">
+        <v>324</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
+        <v>325</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>326</v>
+      </c>
+      <c r="H56" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>50</v>
+      </c>
+      <c r="B57" t="s">
+        <v>328</v>
+      </c>
+      <c r="C57" t="s">
+        <v>329</v>
+      </c>
+      <c r="D57" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" t="s">
+        <v>325</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>330</v>
+      </c>
+      <c r="H57" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>50</v>
+      </c>
+      <c r="B58" t="s">
+        <v>332</v>
+      </c>
+      <c r="C58" t="s">
+        <v>333</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>334</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>335</v>
+      </c>
+      <c r="H58" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>50</v>
+      </c>
+      <c r="B59" t="s">
+        <v>337</v>
+      </c>
+      <c r="C59" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>338</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>339</v>
+      </c>
+      <c r="H59" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>50</v>
+      </c>
+      <c r="B60" t="s">
+        <v>341</v>
+      </c>
+      <c r="C60" t="s">
+        <v>342</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>343</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>344</v>
+      </c>
+      <c r="H60" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>50</v>
+      </c>
+      <c r="B61" t="s">
+        <v>346</v>
+      </c>
+      <c r="C61" t="s">
+        <v>347</v>
+      </c>
+      <c r="D61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" t="s">
+        <v>348</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>349</v>
+      </c>
+      <c r="H61" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>50</v>
+      </c>
+      <c r="B62" t="s">
+        <v>351</v>
+      </c>
+      <c r="C62" t="s">
+        <v>352</v>
+      </c>
+      <c r="D62" t="s">
+        <v>353</v>
+      </c>
+      <c r="E62" t="s">
+        <v>354</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>355</v>
+      </c>
+      <c r="H62" t="s">
+        <v>356</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>358</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>359</v>
       </c>
       <c r="D2" t="s">
-        <v>53</v>
+        <v>360</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>362</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>363</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>364</v>
       </c>
       <c r="C3" t="s">
-        <v>58</v>
+        <v>365</v>
       </c>
       <c r="D3" t="s">
-        <v>53</v>
+        <v>360</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
+        <v>366</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>60</v>
+        <v>367</v>
       </c>
       <c r="H3" t="s">
-        <v>61</v>
+        <v>368</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>369</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>359</v>
       </c>
       <c r="D4" t="s">
-        <v>53</v>
+        <v>360</v>
       </c>
       <c r="E4" t="s">
-        <v>63</v>
+        <v>370</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>64</v>
+        <v>371</v>
       </c>
       <c r="H4" t="s">
-        <v>65</v>
+        <v>372</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B5" t="s">
-        <v>66</v>
+        <v>373</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>359</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>360</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>67</v>
+        <v>374</v>
       </c>
       <c r="H5" t="s">
-        <v>68</v>
+        <v>375</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B6" t="s">
-        <v>69</v>
+        <v>376</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>359</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>360</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>377</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>378</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B7" t="s">
-        <v>72</v>
+        <v>379</v>
       </c>
       <c r="C7" t="s">
-        <v>73</v>
+        <v>380</v>
       </c>
       <c r="D7" t="s">
-        <v>74</v>
+        <v>381</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>383</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
+        <v>384</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>385</v>
       </c>
       <c r="C8" t="s">
-        <v>52</v>
+        <v>359</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>386</v>
       </c>
       <c r="E8" t="s">
-        <v>80</v>
+        <v>387</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>81</v>
+        <v>388</v>
       </c>
       <c r="H8" t="s">
-        <v>82</v>
+        <v>389</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>390</v>
       </c>
       <c r="C9" t="s">
-        <v>84</v>
+        <v>391</v>
       </c>
       <c r="D9" t="s">
-        <v>85</v>
+        <v>392</v>
       </c>
       <c r="E9" t="s">
-        <v>86</v>
+        <v>393</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>87</v>
+        <v>394</v>
       </c>
       <c r="H9" t="s">
-        <v>88</v>
+        <v>395</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>396</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>397</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="E10" t="s">
-        <v>92</v>
+        <v>398</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>93</v>
+        <v>399</v>
       </c>
       <c r="H10" t="s">
-        <v>94</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>401</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>402</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>403</v>
       </c>
       <c r="E11" t="s">
-        <v>98</v>
+        <v>404</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>99</v>
+        <v>405</v>
       </c>
       <c r="H11" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
-        <v>102</v>
+        <v>408</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>409</v>
       </c>
       <c r="E12" t="s">
-        <v>104</v>
+        <v>410</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>105</v>
+        <v>411</v>
       </c>
       <c r="H12" t="s">
-        <v>106</v>
+        <v>412</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>413</v>
       </c>
       <c r="C13" t="s">
-        <v>108</v>
+        <v>414</v>
       </c>
       <c r="D13" t="s">
-        <v>109</v>
+        <v>415</v>
       </c>
       <c r="E13" t="s">
-        <v>110</v>
+        <v>416</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>111</v>
+        <v>417</v>
       </c>
       <c r="H13" t="s">
-        <v>112</v>
+        <v>418</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>419</v>
       </c>
       <c r="C14" t="s">
-        <v>114</v>
+        <v>420</v>
       </c>
       <c r="D14" t="s">
-        <v>115</v>
+        <v>421</v>
       </c>
       <c r="E14" t="s">
-        <v>116</v>
+        <v>422</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>117</v>
+        <v>423</v>
       </c>
       <c r="H14" t="s">
-        <v>118</v>
+        <v>424</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>425</v>
       </c>
       <c r="C15" t="s">
-        <v>120</v>
+        <v>426</v>
       </c>
       <c r="D15" t="s">
-        <v>121</v>
+        <v>427</v>
       </c>
       <c r="E15" t="s">
-        <v>122</v>
+        <v>428</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>123</v>
+        <v>429</v>
       </c>
       <c r="H15" t="s">
-        <v>124</v>
+        <v>430</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>431</v>
       </c>
       <c r="C16" t="s">
-        <v>126</v>
+        <v>432</v>
       </c>
       <c r="D16" t="s">
-        <v>121</v>
+        <v>427</v>
       </c>
       <c r="E16" t="s">
-        <v>127</v>
+        <v>433</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>128</v>
+        <v>434</v>
       </c>
       <c r="H16" t="s">
-        <v>129</v>
+        <v>435</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>436</v>
       </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>437</v>
       </c>
       <c r="D17" t="s">
-        <v>132</v>
+        <v>438</v>
       </c>
       <c r="E17" t="s">
-        <v>133</v>
+        <v>439</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>134</v>
+        <v>440</v>
       </c>
       <c r="H17" t="s">
-        <v>135</v>
+        <v>441</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>442</v>
       </c>
       <c r="C18" t="s">
-        <v>137</v>
+        <v>443</v>
       </c>
       <c r="D18" t="s">
-        <v>138</v>
+        <v>444</v>
       </c>
       <c r="E18" t="s">
-        <v>139</v>
+        <v>445</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>140</v>
+        <v>446</v>
       </c>
       <c r="H18" t="s">
-        <v>141</v>
+        <v>447</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>448</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>449</v>
       </c>
       <c r="D19" t="s">
-        <v>144</v>
+        <v>450</v>
       </c>
       <c r="E19" t="s">
-        <v>145</v>
+        <v>451</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>146</v>
+        <v>452</v>
       </c>
       <c r="H19" t="s">
-        <v>147</v>
+        <v>453</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>454</v>
       </c>
       <c r="C20" t="s">
-        <v>149</v>
+        <v>455</v>
       </c>
       <c r="D20" t="s">
         <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>150</v>
+        <v>456</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>151</v>
+        <v>457</v>
       </c>
       <c r="H20" t="s">
-        <v>152</v>
+        <v>458</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B21" t="s">
-        <v>153</v>
+        <v>459</v>
       </c>
       <c r="C21" t="s">
-        <v>154</v>
+        <v>460</v>
       </c>
       <c r="D21" t="s">
-        <v>155</v>
+        <v>461</v>
       </c>
       <c r="E21" t="s">
-        <v>156</v>
+        <v>462</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>157</v>
+        <v>463</v>
       </c>
       <c r="H21" t="s">
-        <v>158</v>
+        <v>464</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B22" t="s">
-        <v>159</v>
+        <v>465</v>
       </c>
       <c r="C22" t="s">
-        <v>160</v>
+        <v>466</v>
       </c>
       <c r="D22" t="s">
-        <v>161</v>
+        <v>467</v>
       </c>
       <c r="E22" t="s">
-        <v>162</v>
+        <v>468</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>163</v>
+        <v>469</v>
       </c>
       <c r="H22" t="s">
-        <v>164</v>
+        <v>470</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B23" t="s">
-        <v>165</v>
+        <v>471</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>166</v>
+        <v>472</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>167</v>
+        <v>473</v>
       </c>
       <c r="H23" t="s">
-        <v>168</v>
+        <v>474</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B24" t="s">
-        <v>169</v>
+        <v>475</v>
       </c>
       <c r="C24" t="s">
-        <v>170</v>
+        <v>476</v>
       </c>
       <c r="D24" t="s">
-        <v>171</v>
+        <v>477</v>
       </c>
       <c r="E24" t="s">
-        <v>172</v>
+        <v>478</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>173</v>
+        <v>479</v>
       </c>
       <c r="H24" t="s">
-        <v>174</v>
+        <v>480</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B25" t="s">
-        <v>175</v>
+        <v>481</v>
       </c>
       <c r="C25" t="s">
-        <v>176</v>
+        <v>482</v>
       </c>
       <c r="D25" t="s">
-        <v>177</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>178</v>
+        <v>484</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>179</v>
+        <v>485</v>
       </c>
       <c r="H25" t="s">
-        <v>180</v>
+        <v>486</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>50</v>
+        <v>357</v>
       </c>
       <c r="B26" t="s">
-        <v>181</v>
+        <v>487</v>
       </c>
       <c r="C26" t="s">
-        <v>182</v>
+        <v>488</v>
       </c>
       <c r="D26" t="s">
-        <v>183</v>
+        <v>489</v>
       </c>
       <c r="E26" t="s">
-        <v>184</v>
+        <v>490</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>185</v>
+        <v>491</v>
       </c>
       <c r="H26" t="s">
-        <v>186</v>
-[...1599 lines deleted...]
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B2" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="C2" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="D2" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="E2" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="H2" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B2" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C2" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="D2" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="E2" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="H2" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B3" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C3" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="D3" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="E3" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="H3" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B4" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C4" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="D4" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="E4" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="H4" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B5" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C5" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="D5" t="s">
         <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="H5" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="H2" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="I2" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B3" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="H3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="I3" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B4" t="s">
+        <v>535</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>536</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>537</v>
+      </c>
+      <c r="H4" t="s">
+        <v>538</v>
+      </c>
+      <c r="I4" t="s">
         <v>530</v>
-      </c>
-[...19 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B5" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="H5" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="I5" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B6" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="H6" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="I6" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B7" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="H7" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="I7" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B8" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="H8" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="I8" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B9" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C9" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H9" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="I9" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B10" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="H10" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="I10" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B2" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="C2" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D2" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="E2" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="H2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B3" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C3" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D3" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="E3" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="H3" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B4" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="C4" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="D4" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="E4" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="H4" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B5" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="C5" t="s">
+        <v>584</v>
+      </c>
+      <c r="D5" t="s">
         <v>579</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="H5" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B6" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C6" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="D6" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="E6" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="H6" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="B2" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="C2" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="H2" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>