--- v1 (2025-12-27)
+++ v2 (2025-12-27)
@@ -653,51 +653,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
   </si>
   <si>
     <t>p_3290014</t>
   </si>
   <si>
     <t>Adrénoleucodystrophie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
   </si>
   <si>
     <t>p_3292277</t>
   </si>
   <si>
     <t>Aplasie majeure d’oreille</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie majeure d’oreille.. Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>06/09/2021 18:01:00</t>
+    <t>06/09/2021 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3284464/fr/aplasie-majeure-d-oreille</t>
   </si>
   <si>
     <t>p_3284464</t>
   </si>
   <si>
     <t>Syndromes thalassémiques majeurs et intermédiaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
   <si>
     <t>c_680242</t>
   </si>
   <si>
     <t>Générique obésités de causes rares</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>Déficits du cycle de l’urée</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
   </si>
   <si>
     <t>p_3269572</t>
   </si>
   <si>
     <t>Leucinose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/05/2021 00:00:00</t>
   </si>
   <si>
-    <t>03/05/2023 14:37:11</t>
+    <t>03/05/2021 16:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
   </si>
   <si>
     <t>p_3264498</t>
   </si>
   <si>
     <t>Amyotrophie spinale infantile</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/03/2021 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
   </si>
   <si>
     <t>p_3245042</t>
   </si>
   <si>
     <t>Syndrome Hémolytique et Urémique (SHU)</t>
   </si>