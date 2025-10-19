--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -1,721 +1,322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="388" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="71">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>27/08/2021 12:16:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
-  </si>
-[...277 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2676681/fr/fucithalmic-acide-fusidique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -743,1271 +344,367 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>41</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="H14" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>60</v>
-[...84 lines deleted...]
-      <c r="B19" t="s">
         <v>70</v>
-      </c>
-[...198 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...616 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>