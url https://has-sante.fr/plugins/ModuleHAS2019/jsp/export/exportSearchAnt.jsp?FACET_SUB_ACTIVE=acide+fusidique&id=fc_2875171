--- v1 (2025-10-19)
+++ v2 (2026-01-19)
@@ -1,322 +1,706 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="196">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 13 octobre 2021</t>
+  </si>
+  <si>
+    <t>07/10/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291154/fr/commission-de-la-transparence-reunion-a-distance-du-13-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3291154</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 29 septembre 2021</t>
+  </si>
+  <si>
+    <t>23/09/2021 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287808/fr/commission-de-la-transparence-reunion-a-distance-du-29-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3287808</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE SANDOZ 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298922/fr/acide-fusidique-sandoz-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298922</t>
+  </si>
+  <si>
+    <t>acide fusidique</t>
+  </si>
+  <si>
+    <t>SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298254/fr/acide-fusidique-sandoz-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE BGR 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298925/fr/acide-fusidique-bgr-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298925</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298251/fr/acide-fusidique-bgr-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE MYLAN 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:07:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298938/fr/acide-fusidique-mylan-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298938</t>
+  </si>
+  <si>
+    <t>MYLAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298248/fr/acide-fusidique-mylan-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE ARROW 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:08:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298944/fr/acide-fusidique-arrow-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298944</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298245/fr/acide-fusidique-arrow-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE EG 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298950/fr/acide-fusidique-eg-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298950</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298242/fr/acide-fusidique-eg-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>ACIDE FUSIDIQUE ZENTIVA 2 % (acide fusidique)</t>
+  </si>
+  <si>
+    <t>17/11/2021 16:09:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298967/fr/acide-fusidique-zentiva-2-acide-fusidique</t>
+  </si>
+  <si>
+    <t>p_3298967</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298239/fr/acide-fusidique-zentiva-acide-fusidique-infections-cutanees</t>
+  </si>
+  <si>
+    <t>FUCIDINE (acide fusidique/ fusidate de sodium)</t>
+  </si>
+  <si>
+    <t>17/02/2021 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983737/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983737</t>
+  </si>
+  <si>
+    <t>acide fusidique,fusidate de sodium</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399428/fr/fucidine-2-pour-cent-creme-tube-de-15-g-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460033/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069667/fr/fucidine-fucithalmic-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744912/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238102/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
+  </si>
+  <si>
+    <t>FUCITHALMIC (acide fusidique)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983942/fr/fucithalmic-acide-fusidique</t>
+  </si>
+  <si>
+    <t>pprd_2983942</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676681/fr/fucithalmic-acide-fusidique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -344,367 +728,1245 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9" t="s">
         <v>40</v>
-      </c>
-[...16 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>50</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>53</v>
       </c>
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>54</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>62</v>
+      </c>
+      <c r="H16" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>65</v>
       </c>
-      <c r="C15" t="s">
+      <c r="H17" t="s">
         <v>66</v>
       </c>
-      <c r="D15" t="s">
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
         <v>67</v>
       </c>
-      <c r="E15" t="s">
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>68</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H18" t="s">
         <v>69</v>
       </c>
-      <c r="H15" t="s">
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
         <v>70</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>71</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>72</v>
+      </c>
+      <c r="H19" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>76</v>
+      </c>
+      <c r="H20" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>78</v>
+      </c>
+      <c r="C21" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H21" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>84</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>85</v>
+      </c>
+      <c r="H22" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" t="s">
+        <v>92</v>
+      </c>
+      <c r="E24" t="s">
+        <v>93</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" t="s">
+        <v>98</v>
+      </c>
+      <c r="E25" t="s">
+        <v>99</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>100</v>
+      </c>
+      <c r="H25" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>102</v>
+      </c>
+      <c r="C26" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" t="s">
+        <v>104</v>
+      </c>
+      <c r="E26" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>106</v>
+      </c>
+      <c r="H26" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+      <c r="I2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
+      </c>
+      <c r="I3" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>131</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>132</v>
+      </c>
+      <c r="H4" t="s">
+        <v>133</v>
+      </c>
+      <c r="I4" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>136</v>
+      </c>
+      <c r="H5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>138</v>
+      </c>
+      <c r="J1" t="s">
+        <v>139</v>
+      </c>
+      <c r="K1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" t="s">
+        <v>146</v>
+      </c>
+      <c r="J2" t="s">
+        <v>147</v>
+      </c>
+      <c r="K2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I3" t="s">
+        <v>146</v>
+      </c>
+      <c r="J3" t="s">
+        <v>153</v>
+      </c>
+      <c r="K3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>156</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>157</v>
+      </c>
+      <c r="H4" t="s">
+        <v>158</v>
+      </c>
+      <c r="I4" t="s">
+        <v>146</v>
+      </c>
+      <c r="J4" t="s">
+        <v>159</v>
+      </c>
+      <c r="K4" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B5" t="s">
+        <v>161</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>163</v>
+      </c>
+      <c r="H5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I5" t="s">
+        <v>146</v>
+      </c>
+      <c r="J5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K5" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B6" t="s">
+        <v>167</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>168</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>169</v>
+      </c>
+      <c r="H6" t="s">
+        <v>170</v>
+      </c>
+      <c r="I6" t="s">
+        <v>146</v>
+      </c>
+      <c r="J6" t="s">
+        <v>171</v>
+      </c>
+      <c r="K6" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B7" t="s">
+        <v>173</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>174</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>175</v>
+      </c>
+      <c r="H7" t="s">
+        <v>176</v>
+      </c>
+      <c r="I7" t="s">
+        <v>146</v>
+      </c>
+      <c r="J7" t="s">
+        <v>177</v>
+      </c>
+      <c r="K7" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>141</v>
+      </c>
+      <c r="B8" t="s">
+        <v>179</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>180</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>181</v>
+      </c>
+      <c r="H8" t="s">
+        <v>182</v>
+      </c>
+      <c r="I8" t="s">
+        <v>183</v>
+      </c>
+      <c r="J8" t="s">
+        <v>184</v>
+      </c>
+      <c r="K8" t="s">
+        <v>185</v>
+      </c>
+      <c r="L8" t="s">
+        <v>186</v>
+      </c>
+      <c r="M8" t="s">
+        <v>187</v>
+      </c>
+      <c r="N8" t="s">
+        <v>188</v>
+      </c>
+      <c r="O8" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>141</v>
+      </c>
+      <c r="B9" t="s">
+        <v>190</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>191</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>192</v>
+      </c>
+      <c r="H9" t="s">
+        <v>193</v>
+      </c>
+      <c r="I9" t="s">
+        <v>146</v>
+      </c>
+      <c r="J9" t="s">
+        <v>194</v>
+      </c>
+      <c r="K9" t="s">
+        <v>195</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>