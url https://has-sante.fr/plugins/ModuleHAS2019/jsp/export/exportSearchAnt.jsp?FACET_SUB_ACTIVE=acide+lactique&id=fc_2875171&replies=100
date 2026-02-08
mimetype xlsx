--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="172">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -378,50 +378,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 21:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
   </si>
   <si>
     <t>p_3289848</t>
   </si>
   <si>
     <t>Ichthyoses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
   </si>
   <si>
     <t>p_3293150</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
   </si>
   <si>
     <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>16/02/2021 10:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
   </si>
   <si>
     <t>p_3237036</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
@@ -1018,51 +1033,51 @@
       </c>
       <c r="D5" t="s">
         <v>79</v>
       </c>
       <c r="E5" t="s">
         <v>80</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>81</v>
       </c>
       <c r="H5" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1334,250 +1349,276 @@
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>83</v>
       </c>
       <c r="B12" t="s">
         <v>134</v>
       </c>
       <c r="C12" t="s">
         <v>135</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
         <v>136</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>137</v>
       </c>
       <c r="H12" t="s">
         <v>138</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>141</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>142</v>
+      </c>
+      <c r="H13" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="H3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B4" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C4" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H4" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="I2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="J2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="K2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="L2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>