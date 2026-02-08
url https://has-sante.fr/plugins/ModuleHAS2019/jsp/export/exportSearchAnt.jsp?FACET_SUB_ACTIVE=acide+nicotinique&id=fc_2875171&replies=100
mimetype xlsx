--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1046 +1,327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/10/2021 13:37:00</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
-[...122 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>TREDAPTIVE (acide nicotinique / laropiprant)</t>
   </si>
   <si>
-    <t>18/06/2012 18:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985235/fr/tredaptive-acide-nicotinique-/-laropiprant</t>
+    <t>06/18/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985235/en/tredaptive-acide-nicotinique-/-laropiprant</t>
   </si>
   <si>
     <t>pprd_2985235</t>
   </si>
   <si>
     <t>acide nicotinique / laropiprant</t>
   </si>
   <si>
     <t>Laboratoire MSD - CHIBRET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1002687/fr/tredaptive-acide-nicotinique-/-laropiprant</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400245/fr/niaspan-lp-375-mg-comprime-a-liberation-prolongee-boite-de-7-niaspan-lp-500-mg-comprime-a-liberation-prolongee-boite-de-7-boite-de-28-boite-de-56-niaspan-lp-750-mg-comprime-a-liberation-prolongee-boite-de-7-boite-de-28-boite-de-56-niaspan-lp-1000-mg-comprime-a-liberation-prolongee-boite-de-28-boite-de-56</t>
+    <t>https://www.has-sante.fr/jcms/c_1002687/en/tredaptive</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>21</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H2" t="s">
         <v>23</v>
       </c>
-      <c r="D2" t="s">
+      <c r="I2" t="s">
         <v>24</v>
       </c>
-      <c r="E2" t="s">
+      <c r="J2" t="s">
         <v>25</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="K2" t="s">
         <v>26</v>
-      </c>
-[...475 lines deleted...]
-        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>