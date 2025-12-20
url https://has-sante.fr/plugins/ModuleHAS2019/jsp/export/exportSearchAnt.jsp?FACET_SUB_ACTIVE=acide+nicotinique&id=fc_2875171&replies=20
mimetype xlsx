--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,327 +1,1090 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/08/2018 09:52:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 novembre 2016</t>
+  </si>
+  <si>
+    <t>04/11/2016 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681935/fr/college-deliberatif-du-10-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681935</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 novembre 2010</t>
+  </si>
+  <si>
+    <t>03/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996289/fr/commission-de-la-transparence-reunion-du-3-novembre-2010</t>
+  </si>
+  <si>
+    <t>c_996289</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2009</t>
+  </si>
+  <si>
+    <t>04/03/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_751583/fr/commission-de-la-transparence-reunion-du-4-mars-2009</t>
+  </si>
+  <si>
+    <t>c_751583</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TREDAPTIVE (acide nicotinique / laropiprant)</t>
   </si>
   <si>
-    <t>06/18/2012 18:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985235/en/tredaptive-acide-nicotinique-/-laropiprant</t>
+    <t>18/06/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985235/fr/tredaptive-acide-nicotinique-/-laropiprant</t>
   </si>
   <si>
     <t>pprd_2985235</t>
   </si>
   <si>
     <t>acide nicotinique / laropiprant</t>
   </si>
   <si>
     <t>Laboratoire MSD - CHIBRET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1002687/en/tredaptive</t>
+    <t>https://www.has-sante.fr/jcms/c_1002687/fr/tredaptive-acide-nicotinique-/-laropiprant</t>
+  </si>
+  <si>
+    <t>NIASPAN LP (acide nicotinique)</t>
+  </si>
+  <si>
+    <t>25/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985848/fr/niaspan-lp-acide-nicotinique</t>
+  </si>
+  <si>
+    <t>pprd_2985848</t>
+  </si>
+  <si>
+    <t>acide nicotinique</t>
+  </si>
+  <si>
+    <t>MERCK LIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400245/fr/niaspan-lp-375-mg-comprime-a-liberation-prolongee-boite-de-7-niaspan-lp-500-mg-comprime-a-liberation-prolongee-boite-de-7-boite-de-28-boite-de-56-niaspan-lp-750-mg-comprime-a-liberation-prolongee-boite-de-7-boite-de-28-boite-de-56-niaspan-lp-1000-mg-comprime-a-liberation-prolongee-boite-de-28-boite-de-56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+      <c r="I3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+      <c r="I4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>88</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>89</v>
+      </c>
+      <c r="H5" t="s">
+        <v>90</v>
+      </c>
+      <c r="I5" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+      <c r="J1" t="s">
+        <v>92</v>
+      </c>
+      <c r="K1" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H2" t="s">
+        <v>98</v>
+      </c>
+      <c r="I2" t="s">
+        <v>99</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>101</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H3" t="s">
+        <v>105</v>
+      </c>
+      <c r="I3" t="s">
+        <v>106</v>
+      </c>
+      <c r="J3" t="s">
+        <v>107</v>
+      </c>
+      <c r="K3" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>