--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,172 +1,271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>10/12/2016 15:18:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2674284/en/management-of-fever-in-children</t>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Prise en charge de la fièvre chez l'enfant</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo propose un rappel de la conduite à tenir pour la prise en charge de la fièvre chez l’enfant.</t>
+  </si>
+  <si>
+    <t>05/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2674284/fr/prise-en-charge-de-la-fievre-chez-l-enfant</t>
   </si>
   <si>
     <t>c_2674284</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NIFLURIL ENFANT - ADULTES (morniflumate/ acide niflumique)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984361/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>pprd_2984361</t>
+  </si>
+  <si>
+    <t>morniflumate,acide niflumique</t>
+  </si>
+  <si>
+    <t>UPSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400935/fr/nifluril-250-mg-geluleb/30-cip-307-287-9-acide-niflumique-nifluril-adultes-700-mg-suppositoireb/8-cip-313-213-3-nifluril-enfants-400-mg-suppositoire-secableb/8-cip-318-863-6-nifluril-3-pommade1-tube-de-60-g-cip-311-619-2-niflugel-2-5-gel-percutane1-tube-de-60-g-cip-331-866-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018494/fr/nifluril-niflugel-2-5-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564384/fr/nifluril-niflugel-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564420/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -194,55 +293,226 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+      <c r="J1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s">
+        <v>47</v>
+      </c>
+      <c r="J2" t="s">
+        <v>48</v>
+      </c>
+      <c r="K2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L2" t="s">
+        <v>50</v>
+      </c>
+      <c r="M2" t="s">
+        <v>51</v>
+      </c>
+      <c r="N2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>