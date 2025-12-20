--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,207 +1,609 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>04/15/2016 10:37:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CEMENTEK</t>
+  </si>
+  <si>
+    <t>Ciment phosphocalcique</t>
+  </si>
+  <si>
+    <t>20/10/2004 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_398580/fr/cementek</t>
+  </si>
+  <si>
+    <t>c_398580</t>
+  </si>
+  <si>
+    <t>TEKNIMED S.A. (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0010/AC/SEM du 21 mars 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité CRYSVITA (burosumab)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité CRYSVITA (burosumab), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation, correspond à « Traitement des enfants à partir d’un an et des adolescents en période de croissance présentant un rachitisme hypophosphatémique lié à l’X avec des lésions osseuses, et ayant une concentration sérique de phosphate &lt; 1,3 mmol/L, répondeurs ou tolérants aux traitements conventionnels ».## Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>21/03/2018 10:09:00</t>
+  </si>
+  <si>
+    <t>04/05/2018 11:57:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848229/fr/avis-n-2018-0010/ac/sem-du-21-mars-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>c_2848229</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PHOSOFORME (acide phosphorique)</t>
+  </si>
+  <si>
+    <t>23/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985727/fr/phosoforme-acide-phosphorique</t>
+  </si>
+  <si>
+    <t>pprd_2985727</t>
+  </si>
+  <si>
+    <t>acide phosphorique</t>
+  </si>
+  <si>
+    <t>MONIN-CHANTEAUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400537/fr/phosoforme-solution-buvable-flacon-de-90-ml-code-cip-308-283-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
         <v>12</v>
       </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>38</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I2" t="s">
+        <v>45</v>
+      </c>
+      <c r="J2" t="s">
+        <v>46</v>
+      </c>
+      <c r="K2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>