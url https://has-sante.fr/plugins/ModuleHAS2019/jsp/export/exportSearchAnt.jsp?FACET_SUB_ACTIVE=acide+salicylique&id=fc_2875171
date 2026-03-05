--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -1,1043 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/03/2025 15:55:00</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2613150/fr/detection-par-rt-pcr-du-virus-zika-dans-le-sang-et-les-urines</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Zika virus RT-PCR testing in blood and urine - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Zika virus is a flavivirus transmitted by mosquito bites. Since May 2015, this virus has been the source of a major epidemic in Brazil, which then quickly spread in Central and South America, as well as in the Caribbean, and today affects the French Departments of the Americas (DFA), in particular Martinique and Guyana. Most infected individuals do not have any symptoms and in symptomatic cases, the disease is usually mild. However, an unusual increase in cases of foetal or neonatal microcephaly as well as Guillain-Barré syndrome (GBS), concurrent with the Zika virus epidemic, led the WHO to declare that this epidemic constituted a “public health emergency of international concern”, even if the causal links are not fully demonstrated to date. In this context, considering the current epidemiological situation in the DFA and the potential risk in mainland France in areas where the mosquito is present, HAS was asked by the Ministry of Health to urgently obtain an opinion on the direct detection test of the virus by RT-PCR in blood and urine. This test can confirm or refute the diagnosis of Zika virus infection in a subject suspected to be infected due to the occurrence of certain suggestive symptoms. This opinion will allow the registration of this test in the Nomenclature of Procedures in Laboratory Medicine (NABM).</t>
+  </si>
+  <si>
+    <t>03/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613150/en/zika-virus-rt-pcr-testing-in-blood-and-urine-inahta-brief</t>
   </si>
   <si>
     <t>c_2613150</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
-  </si>
-[...76 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400380/fr/antiphlogistine-acide-salicylique/-kaolin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
-[...24 lines deleted...]
-      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...24 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...428 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>