--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -5,113 +5,437 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="252">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Hernie de Coupole Diaphragmatique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332738/fr/hernie-de-coupole-diaphragmatique</t>
+  </si>
+  <si>
+    <t>c_1332738</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de thrombasthénie de Glanzmann.</t>
+  </si>
+  <si>
+    <t>16/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363048/fr/thrombasthenie-de-glanzmann</t>
+  </si>
+  <si>
+    <t>c_1363048</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
   </si>
   <si>
     <t>11/09/2025 00:00:00</t>
   </si>
   <si>
     <t>15/09/2025 09:02:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
   </si>
   <si>
     <t>p_3592435</t>
   </si>
   <si>
     <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
   </si>
   <si>
     <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
   </si>
   <si>
     <t>16/03/2023 00:00:00</t>
   </si>
   <si>
     <t>17/04/2023 09:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
   </si>
   <si>
     <t>p_3235557</t>
   </si>
   <si>
     <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
@@ -162,359 +486,50 @@
     <t>23/02/2015 16:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
   </si>
   <si>
     <t>c_1349939</t>
   </si>
   <si>
     <t>Transfusion de plasma thérapeutique : produits, indications</t>
   </si>
   <si>
     <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
   </si>
   <si>
     <t>01/06/2012 00:00:00</t>
   </si>
   <si>
     <t>03/07/2012 13:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
   </si>
   <si>
     <t>c_1264081</t>
-  </si>
-[...307 lines deleted...]
-    <t>c_1363048</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Hémostatiques chirurgicaux : un traitement de dernière intention - Fiche BUTS</t>
   </si>
@@ -815,1463 +830,1489 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
+      <c r="C8" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>44</v>
       </c>
-      <c r="H7" t="s">
+      <c r="H8" t="s">
         <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>98</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>99</v>
+      </c>
+      <c r="H19" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>102</v>
+      </c>
+      <c r="E20" t="s">
+        <v>103</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>104</v>
+      </c>
+      <c r="H20" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>108</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>109</v>
+      </c>
+      <c r="H21" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" t="s">
+        <v>113</v>
+      </c>
+      <c r="E22" t="s">
+        <v>114</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>115</v>
+      </c>
+      <c r="H22" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>119</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="E2" t="s">
-        <v>49</v>
+        <v>121</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>50</v>
+        <v>122</v>
       </c>
       <c r="H2" t="s">
-        <v>51</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>124</v>
       </c>
       <c r="C3" t="s">
-        <v>53</v>
+        <v>125</v>
       </c>
       <c r="D3" t="s">
-        <v>54</v>
+        <v>126</v>
       </c>
       <c r="E3" t="s">
-        <v>55</v>
+        <v>127</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>56</v>
+        <v>128</v>
       </c>
       <c r="H3" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>130</v>
       </c>
       <c r="C4" t="s">
-        <v>59</v>
+        <v>131</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>132</v>
       </c>
       <c r="E4" t="s">
-        <v>60</v>
+        <v>133</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="H4" t="s">
-        <v>62</v>
+        <v>135</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="B5" t="s">
-        <v>63</v>
+        <v>136</v>
       </c>
       <c r="C5" t="s">
-        <v>64</v>
+        <v>137</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>138</v>
       </c>
       <c r="E5" t="s">
-        <v>65</v>
+        <v>139</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>66</v>
+        <v>140</v>
       </c>
       <c r="H5" t="s">
-        <v>67</v>
+        <v>141</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>142</v>
       </c>
       <c r="C6" t="s">
-        <v>69</v>
+        <v>143</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="E6" t="s">
-        <v>70</v>
+        <v>145</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>71</v>
+        <v>146</v>
       </c>
       <c r="H6" t="s">
-        <v>72</v>
+        <v>147</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="B7" t="s">
-        <v>73</v>
+        <v>148</v>
       </c>
       <c r="C7" t="s">
-        <v>74</v>
+        <v>149</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>150</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>151</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>152</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
-[...363 lines deleted...]
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="D2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>42</v>
+        <v>150</v>
       </c>
       <c r="E3" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B4" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C4" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="H4" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="H3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="I3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>187</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>188</v>
+      </c>
+      <c r="H4" t="s">
+        <v>189</v>
+      </c>
+      <c r="I4" t="s">
         <v>181</v>
-      </c>
-[...19 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="H5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="I5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B6" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="H6" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="I6" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B7" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H7" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="I7" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B8" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="H8" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="I8" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B9" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="H9" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="I9" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="J1" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="K1" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="H2" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="I2" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="J2" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="K2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B3" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
+        <v>230</v>
+      </c>
+      <c r="H3" t="s">
+        <v>231</v>
+      </c>
+      <c r="I3" t="s">
         <v>225</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="K3" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="L3" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="M3" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H4" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="I4" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="J4" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="K4" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="L4" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="M4" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="N4" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="O4" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="P4" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="Q4" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="R4" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="S4" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="T4" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>