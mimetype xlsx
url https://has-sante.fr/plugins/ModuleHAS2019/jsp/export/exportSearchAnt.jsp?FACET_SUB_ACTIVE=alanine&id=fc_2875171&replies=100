--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="530" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="332">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -209,50 +209,65 @@
   <si>
     <t>c_272378</t>
   </si>
   <si>
     <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
   </si>
   <si>
     <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
   </si>
   <si>
     <t>01/04/2004 00:00:00</t>
   </si>
   <si>
     <t>01/04/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
   </si>
   <si>
     <t>p_3563444</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
@@ -474,50 +489,83 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/10/2020 17:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
   </si>
   <si>
     <t>p_3198985</t>
   </si>
   <si>
     <t>Dystrophie musculaire de Becker</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
   </si>
   <si>
     <t>28/01/2020 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
   </si>
   <si>
     <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
   </si>
   <si>
     <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
   </si>
   <si>
     <t>08/10/2019 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
   </si>
   <si>
     <t>c_2911891</t>
   </si>
   <si>
     <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
   </si>
@@ -1276,51 +1324,51 @@
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1452,129 +1500,129 @@
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>82</v>
       </c>
       <c r="H6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
       <c r="C7" t="s">
         <v>85</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>91</v>
       </c>
       <c r="H8" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>58</v>
       </c>
       <c r="B9" t="s">
         <v>93</v>
       </c>
       <c r="C9" t="s">
         <v>94</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>100</v>
       </c>
       <c r="H10" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>102</v>
       </c>
       <c r="C11" t="s">
         <v>103</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
@@ -1709,1180 +1757,1258 @@
       </c>
       <c r="E16" t="s">
         <v>129</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>130</v>
       </c>
       <c r="H16" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>58</v>
       </c>
       <c r="B17" t="s">
         <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>133</v>
       </c>
       <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>134</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>135</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>58</v>
       </c>
       <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
         <v>138</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>140</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>141</v>
       </c>
       <c r="H18" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>143</v>
       </c>
       <c r="C19" t="s">
         <v>144</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>145</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>146</v>
       </c>
       <c r="H19" t="s">
         <v>147</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>150</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>151</v>
+      </c>
+      <c r="H20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>155</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>156</v>
+      </c>
+      <c r="H21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>160</v>
+      </c>
+      <c r="E22" t="s">
+        <v>161</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>162</v>
+      </c>
+      <c r="H22" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="B2" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
-        <v>150</v>
+        <v>166</v>
       </c>
       <c r="D2" t="s">
         <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>151</v>
+        <v>167</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="B3" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="C3" t="s">
-        <v>155</v>
+        <v>171</v>
       </c>
       <c r="D3" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="E3" t="s">
-        <v>157</v>
+        <v>173</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>158</v>
+        <v>174</v>
       </c>
       <c r="H3" t="s">
-        <v>159</v>
+        <v>175</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="B4" t="s">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="C4" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="D4" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="E4" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="H4" t="s">
-        <v>165</v>
+        <v>181</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="B5" t="s">
-        <v>166</v>
+        <v>182</v>
       </c>
       <c r="C5" t="s">
-        <v>167</v>
+        <v>183</v>
       </c>
       <c r="D5" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="E5" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="H5" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="B6" t="s">
-        <v>172</v>
+        <v>188</v>
       </c>
       <c r="C6" t="s">
-        <v>173</v>
+        <v>189</v>
       </c>
       <c r="D6" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="E6" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>176</v>
+        <v>192</v>
       </c>
       <c r="H6" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="B7" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="C7" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="D7" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="E7" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
       <c r="H7" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="C2" t="s">
-        <v>186</v>
+        <v>202</v>
       </c>
       <c r="D2" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="E2" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="H2" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="C3" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="E3" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="H3" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="B4" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="D4" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="E4" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="H4" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="B5" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="C5" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="D5" t="s">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="E5" t="s">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>206</v>
+        <v>222</v>
       </c>
       <c r="H5" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="B6" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="C6" t="s">
-        <v>209</v>
+        <v>225</v>
       </c>
       <c r="D6" t="s">
-        <v>210</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
       <c r="H6" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B2" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="H2" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="I2" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B3" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="H3" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="I3" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B4" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>226</v>
+        <v>242</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
       <c r="H4" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="I4" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B5" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>230</v>
+        <v>246</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>231</v>
+        <v>247</v>
       </c>
       <c r="H5" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="I5" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B6" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>234</v>
+        <v>250</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="H6" t="s">
+        <v>252</v>
+      </c>
+      <c r="I6" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B7" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>238</v>
+        <v>254</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>239</v>
+        <v>255</v>
       </c>
       <c r="H7" t="s">
-        <v>240</v>
+        <v>256</v>
       </c>
       <c r="I7" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B8" t="s">
-        <v>241</v>
+        <v>257</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>243</v>
+        <v>259</v>
       </c>
       <c r="H8" t="s">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="I8" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B9" t="s">
-        <v>245</v>
+        <v>261</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>247</v>
+        <v>263</v>
       </c>
       <c r="H9" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="I9" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="B10" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="H10" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="I10" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="B2" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="C2" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="D2" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="E2" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
       <c r="H2" t="s">
-        <v>259</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="B3" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
       <c r="C3" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="D3" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="E3" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="H3" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="B2" t="s">
-        <v>267</v>
+        <v>283</v>
       </c>
       <c r="C2" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="D2" t="s">
-        <v>269</v>
+        <v>285</v>
       </c>
       <c r="E2" t="s">
-        <v>270</v>
+        <v>286</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="H2" t="s">
-        <v>272</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
       <c r="J1" t="s">
-        <v>274</v>
+        <v>290</v>
       </c>
       <c r="K1" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B2" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="H2" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="I2" t="s">
-        <v>281</v>
+        <v>297</v>
       </c>
       <c r="J2" t="s">
-        <v>282</v>
+        <v>298</v>
       </c>
       <c r="K2" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
       <c r="L2" t="s">
-        <v>284</v>
+        <v>300</v>
       </c>
       <c r="M2" t="s">
-        <v>285</v>
+        <v>301</v>
       </c>
       <c r="N2" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="O2" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B3" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="H3" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="I3" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
       <c r="J3" t="s">
-        <v>282</v>
+        <v>298</v>
       </c>
       <c r="K3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="L3" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="M3" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B4" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
       <c r="H4" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="I4" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="J4" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="K4" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B5" t="s">
-        <v>303</v>
+        <v>319</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="H5" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="I5" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="J5" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="K5" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B6" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="H6" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="I6" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
       <c r="J6" t="s">
-        <v>314</v>
+        <v>330</v>
       </c>
       <c r="K6" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>