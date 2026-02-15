--- v1 (2025-12-21)
+++ v2 (2026-02-15)
@@ -1,1126 +1,340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...2 lines deleted...]
-    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>10/07/2024 00:00:00</t>
-[...2 lines deleted...]
-    <t>10/07/2024 16:07:00</t>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
-[...17 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+  </si>
+  <si>
+    <t>c_476486</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...419 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the Health Insurance proposals to update the list of procedures involved in the diagnosis and follow-up of viral hepatitis E (detection of RNA and detection of serum antibodies), by specifying their indications and the techniques used. The aim of this work is not to assess the treatment, screening or overall management of this type of hepatitis</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>28/09/2016 00:00:00</t>
+    <t>09/28/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1627010</t>
-  </si>
-[...304 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1162,1853 +376,275 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>42</v>
       </c>
       <c r="E7" t="s">
         <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>44</v>
       </c>
       <c r="H7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>48</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
-[...15 lines deleted...]
-        <v>57</v>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...1654 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>