--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -39,51 +39,51 @@
     <sheet name="Export Documents for Patients" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
     <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
     <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Documents for Patients'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="906" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="914" uniqueCount="592">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -218,50 +218,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
     <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
   </si>
   <si>
     <t>04/01/2004 00:00:00</t>
   </si>
   <si>
     <t>04/01/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
     <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
   </si>
   <si>
     <t>06/19/2025 00:00:00</t>
   </si>
   <si>
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Purulent acute otitis media in children over 3 months</t>
   </si>
   <si>
     <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
   </si>
   <si>
     <t>07/15/2021 00:00:00</t>
@@ -1229,50 +1247,68 @@
   <si>
     <t>Documents for Patients</t>
   </si>
   <si>
     <t>Research and treatment of Helicobacter pylori</t>
   </si>
   <si>
     <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
   </si>
   <si>
     <t>03/13/2019 00:00:00</t>
   </si>
   <si>
     <t>03/26/2019 17:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
     <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
   </si>
   <si>
     <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>12/16/2024 12:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
     <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
   </si>
   <si>
     <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
   </si>
   <si>
     <t>11/06/2024 10:26:00</t>
@@ -1736,93 +1772,78 @@
   <si>
     <t>p_3116022</t>
   </si>
   <si>
     <t>Tool to improve professional practice</t>
   </si>
   <si>
     <t>Supporting and encouraging public engagement in social and health care organisations</t>
   </si>
   <si>
     <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
   </si>
   <si>
     <t>09/22/2020 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
     <t>Web page</t>
   </si>
   <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
     <t>Work programme HAS</t>
   </si>
   <si>
     <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
   </si>
   <si>
     <t>01/18/2024 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
-  </si>
-[...28 lines deleted...]
-    <t>c_2044304</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
     <t>04/30/2013 13:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -1970,216 +1991,190 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="B2" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="C2" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="H2" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="B2" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="C2" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="H2" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="B3" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="C3" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="H3" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="B4" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="C4" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="H4" t="s">
-        <v>579</v>
-[...25 lines deleted...]
-        <v>584</v>
+        <v>591</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2342,51 +2337,51 @@
       </c>
       <c r="D7" t="s">
         <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>56</v>
       </c>
       <c r="H7" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H57"/>
+  <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2434,314 +2429,314 @@
       </c>
       <c r="D3" t="s">
         <v>67</v>
       </c>
       <c r="E3" t="s">
         <v>68</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>58</v>
       </c>
       <c r="B4" t="s">
         <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="D4" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>58</v>
       </c>
       <c r="B5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E5" t="s">
         <v>74</v>
       </c>
-      <c r="C5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C6" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D6" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E6" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H6" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C8" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>58</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C9" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H9" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D10" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H10" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E11" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
         <v>102</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="H12" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="E14" t="s">
         <v>111</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>112</v>
       </c>
       <c r="H14" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>58</v>
       </c>
       <c r="B15" t="s">
         <v>114</v>
       </c>
       <c r="C15" t="s">
         <v>115</v>
       </c>
       <c r="D15" t="s">
@@ -2879,77 +2874,77 @@
       </c>
       <c r="E20" t="s">
         <v>147</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>148</v>
       </c>
       <c r="H20" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
         <v>150</v>
       </c>
       <c r="C21" t="s">
         <v>151</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D22" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="E22" t="s">
         <v>158</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>159</v>
       </c>
       <c r="H22" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>58</v>
       </c>
       <c r="B23" t="s">
         <v>161</v>
       </c>
       <c r="C23" t="s">
         <v>162</v>
       </c>
       <c r="D23" t="s">
@@ -2983,80 +2978,80 @@
       </c>
       <c r="E24" t="s">
         <v>170</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>171</v>
       </c>
       <c r="H24" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>58</v>
       </c>
       <c r="B25" t="s">
         <v>173</v>
       </c>
       <c r="C25" t="s">
         <v>174</v>
       </c>
       <c r="D25" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="E25" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H25" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>58</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C26" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D26" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E26" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>181</v>
       </c>
       <c r="H26" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>183</v>
       </c>
       <c r="C27" t="s">
         <v>184</v>
       </c>
       <c r="D27" t="s">
         <v>185</v>
       </c>
       <c r="E27" t="s">
@@ -3292,80 +3287,80 @@
       </c>
       <c r="D36" t="s">
         <v>239</v>
       </c>
       <c r="E36" t="s">
         <v>240</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>241</v>
       </c>
       <c r="H36" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>243</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>244</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>245</v>
       </c>
       <c r="E37" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H37" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>58</v>
       </c>
       <c r="B38" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C38" t="s">
-        <v>248</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>249</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>250</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>251</v>
       </c>
       <c r="H38" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>58</v>
       </c>
       <c r="B39" t="s">
         <v>253</v>
       </c>
       <c r="C39" t="s">
         <v>254</v>
       </c>
       <c r="D39" t="s">
@@ -3480,178 +3475,178 @@
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>281</v>
       </c>
       <c r="H43" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>58</v>
       </c>
       <c r="B44" t="s">
         <v>283</v>
       </c>
       <c r="C44" t="s">
         <v>284</v>
       </c>
       <c r="D44" t="s">
         <v>285</v>
       </c>
       <c r="E44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>58</v>
       </c>
       <c r="B45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E45" t="s">
         <v>291</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>292</v>
       </c>
       <c r="H45" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>58</v>
       </c>
       <c r="B46" t="s">
         <v>294</v>
       </c>
       <c r="C46" t="s">
         <v>295</v>
       </c>
       <c r="D46" t="s">
         <v>296</v>
       </c>
       <c r="E46" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>58</v>
       </c>
       <c r="B47" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C47" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D47" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E47" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>58</v>
       </c>
       <c r="B48" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C48" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D48" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E48" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H48" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>58</v>
       </c>
       <c r="B49" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C49" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D49" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E49" t="s">
         <v>312</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>313</v>
       </c>
       <c r="H49" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>58</v>
       </c>
       <c r="B50" t="s">
         <v>315</v>
       </c>
       <c r="C50" t="s">
         <v>316</v>
       </c>
       <c r="D50" t="s">
@@ -3659,158 +3654,158 @@
       </c>
       <c r="E50" t="s">
         <v>318</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>319</v>
       </c>
       <c r="H50" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>58</v>
       </c>
       <c r="B51" t="s">
         <v>321</v>
       </c>
       <c r="C51" t="s">
         <v>322</v>
       </c>
       <c r="D51" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="E51" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H51" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>58</v>
       </c>
       <c r="B52" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C52" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D52" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E52" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>329</v>
       </c>
       <c r="H52" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>58</v>
       </c>
       <c r="B53" t="s">
         <v>331</v>
       </c>
       <c r="C53" t="s">
         <v>332</v>
       </c>
       <c r="D53" t="s">
         <v>333</v>
       </c>
       <c r="E53" t="s">
-        <v>38</v>
+        <v>334</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>58</v>
       </c>
       <c r="B54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D54" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="E54" t="s">
         <v>38</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="H54" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C55" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D55" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="E55" t="s">
-        <v>343</v>
+        <v>38</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>344</v>
       </c>
       <c r="H55" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
         <v>346</v>
       </c>
       <c r="C56" t="s">
         <v>347</v>
       </c>
       <c r="D56" t="s">
         <v>348</v>
       </c>
       <c r="E56" t="s">
@@ -3828,1149 +3823,1201 @@
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>58</v>
       </c>
       <c r="B57" t="s">
         <v>352</v>
       </c>
       <c r="C57" t="s">
         <v>353</v>
       </c>
       <c r="D57" t="s">
         <v>354</v>
       </c>
       <c r="E57" t="s">
         <v>355</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>356</v>
       </c>
       <c r="H57" t="s">
         <v>357</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" t="s">
+        <v>358</v>
+      </c>
+      <c r="C58" t="s">
+        <v>359</v>
+      </c>
+      <c r="D58" t="s">
+        <v>360</v>
+      </c>
+      <c r="E58" t="s">
+        <v>361</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>362</v>
+      </c>
+      <c r="H58" t="s">
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B2" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="E2" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="H2" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B3" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="C3" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="D3" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="E3" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="H3" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B4" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C4" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="H4" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B5" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C5" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="D5" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="E5" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="H5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B6" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="C6" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="D6" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="E6" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="H6" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="B2" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="C2" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="D2" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="E2" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="H2" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B2" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="C2" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="D2" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="E2" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="H2" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C3" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="D3" t="s">
-        <v>367</v>
+        <v>410</v>
       </c>
       <c r="E3" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="H3" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B4" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="C4" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="D4" t="s">
-        <v>409</v>
+        <v>373</v>
       </c>
       <c r="E4" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="H4" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B5" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C5" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="D5" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E5" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="H5" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B6" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="C6" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="D6" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="E6" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="H6" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B7" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="C7" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="D7" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="E7" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="H7" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B8" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="D8" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="E8" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="H8" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B9" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C9" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="D9" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="E9" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="H9" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B10" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="D10" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="E10" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="H10" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B11" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="C11" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="D11" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="E11" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="H11" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B12" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="C12" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="D12" t="s">
-        <v>157</v>
+        <v>463</v>
       </c>
       <c r="E12" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="H12" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B13" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="C13" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="D13" t="s">
-        <v>462</v>
+        <v>163</v>
       </c>
       <c r="E13" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="H13" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B14" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C14" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="D14" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="E14" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="H14" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B15" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C15" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="D15" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="E15" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="H15" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B16" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="C16" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="H16" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B17" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="C17" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="D17" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="E17" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="H17" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B18" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C18" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="D18" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="E18" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="H18" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B19" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="C19" t="s">
-        <v>24</v>
+        <v>503</v>
       </c>
       <c r="D19" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="E19" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="H19" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B20" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="C20" t="s">
         <v>24</v>
       </c>
       <c r="D20" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E20" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="H20" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B21" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="C21" t="s">
-        <v>507</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E21" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="H21" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B22" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="C22" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="D22" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="E22" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="H22" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B23" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C23" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="D23" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="E23" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="H23" t="s">
-        <v>523</v>
+        <v>529</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>401</v>
+      </c>
+      <c r="B24" t="s">
+        <v>530</v>
+      </c>
+      <c r="C24" t="s">
+        <v>531</v>
+      </c>
+      <c r="D24" t="s">
+        <v>532</v>
+      </c>
+      <c r="E24" t="s">
+        <v>533</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>534</v>
+      </c>
+      <c r="H24" t="s">
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="B2" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="C2" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="H2" t="s">
-        <v>530</v>
+        <v>542</v>
       </c>
       <c r="I2" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="B2" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="C2" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="D2" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
       <c r="E2" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="H2" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="B3" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="C3" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="D3" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="E3" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="H3" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="B2" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="C2" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="D2" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="E2" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="H2" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="B3" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="C3" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="D3" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="E3" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="H3" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>