--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -39,51 +39,51 @@
     <sheet name="Export Documents for Patients" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
     <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
     <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Documents for Patients'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="914" uniqueCount="592">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="906" uniqueCount="587">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1785,65 +1785,50 @@
     <t>09/22/2020 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
     <t>Web page</t>
   </si>
   <si>
     <t>Early access to medicinal products</t>
   </si>
   <si>
     <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
   </si>
   <si>
     <t>07/01/2021 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_1267303</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
     <t>04/30/2013 13:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -2023,51 +2008,51 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>573</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>574</v>
       </c>
       <c r="H2" t="s">
         <v>575</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2105,76 +2090,50 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>576</v>
       </c>
       <c r="B3" t="s">
         <v>582</v>
       </c>
       <c r="C3" t="s">
         <v>583</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>584</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>585</v>
       </c>
       <c r="H3" t="s">
         <v>586</v>
-      </c>
-[...24 lines deleted...]
-        <v>591</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>